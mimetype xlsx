--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · area of largest gap (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>area of largest gap (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>outside</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>piccola chiaria (100-500 m2)</t>
+  </si>
+  <si>
+    <t>chiaria mediana (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria grande (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412967/594798</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412967/594798</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>