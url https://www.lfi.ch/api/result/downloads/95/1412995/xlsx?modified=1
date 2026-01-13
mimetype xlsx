--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · area of largest gap (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>area of largest gap (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>outside</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>piccola chiaria (100-500 m2)</t>
+  </si>
+  <si>
+    <t>chiaria mediana (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria grande (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412995/594826</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412995/594826</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>