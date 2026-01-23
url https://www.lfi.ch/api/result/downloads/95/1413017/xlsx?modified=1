--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G.</t>
+      <t xml:space="preserve">: protection forest (2022): a.f.w.s.f.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...32 lines deleted...]
-    <t>hyperinsubrisch und kollin</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413017/594848</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G.</t>
+      <t xml:space="preserve">protective forest (2022): a.f.w.s.f.</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2652</t>
     </r>
   </si>
   <si>
-    <t>Zugänglicher Wald ohne Gebüschwald (z.W.o.G.; d.h. Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann), der innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von SilvaProtect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Accessible forest without shrub forest («a.f.w.s.f.»), i.e. forest that is less than two-thirds covered with shrubs and can be accessed on foot, which is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3289,268 +3289,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413017/594848</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G.</t>
+            <t xml:space="preserve">protective forest (2022): a.f.w.s.f.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2652</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>