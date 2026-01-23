--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Anteil Waldprobeflächen</t>
+    <t>proportion of forest plots</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): Wald</t>
+      <t xml:space="preserve">: protection forests (2022): forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
+    <t>no gap (&lt;100 m2)</t>
   </si>
   <si>
-    <t>kleine Lücke (100-500 m2)</t>
+    <t>small gap 100-500 m2)</t>
   </si>
   <si>
-    <t>mittlere Lücke (500-1000 m2)</t>
+    <t>medium gap (500-1000 m2)</t>
   </si>
   <si>
-    <t>grosse Lücke (1000-5000 m2)</t>
+    <t>large gap (1000-5000 m2)</t>
   </si>
   <si>
-    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+    <t>very large gap (&gt;5000 m2)</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413033/594864</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): Wald</t>
+      <t xml:space="preserve">protective forests (2022): forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2653</t>
     </r>
   </si>
   <si>
-    <t>Wald (d.h. «Wald ohne Gebüschwald» oder «Gebüschwald»), der innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Forest, i.e. «forest without shrub forest» or «shrub forest», that is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,52 +822,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10349,51 +10349,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="6">
         <v>100.0</v>
       </c>
       <c r="BB68" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413033/594864</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10431,226 +10431,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): Wald</t>
+            <t xml:space="preserve">protective forests (2022): forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>