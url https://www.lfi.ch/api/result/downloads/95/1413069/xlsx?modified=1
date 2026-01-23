--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,406 +14,406 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · area of largest gap (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): forest</t>
+      <t xml:space="preserve">: bosco di protezione (2022): bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>area of largest gap (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
-[...32 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>piccola chiaria (100-500 m2)</t>
+  </si>
+  <si>
+    <t>chiaria mediana (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria grande (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413069/594900</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): forest</t>
+      <t xml:space="preserve">bosco di protezione (2022): bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2653</t>
     </r>
   </si>
   <si>
-    <t>Forest, i.e. «forest without shrub forest» or «shrub forest», that is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Bosco (ossia «bosco esclusi gli arbusteti» o «arbusteto») che si trova nel perimetro dei boschi di protezione definito dai cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -765,52 +765,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3642,270 +3642,270 @@
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O68" s="6">
         <v>100.0</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413069/594900</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): forest</t>
+            <t xml:space="preserve">bosco di protezione (2022): bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>