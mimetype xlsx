--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>Anteil Waldprobeflächen</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>Fläche der grössten Lücke (5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes)</t>
+    <t>Fläche der grössten Lücke (5 Klassen)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
+    <t>keine Lücke (&lt;100 m2)</t>
   </si>
   <si>
-    <t>small gap 100-500 m2)</t>
+    <t>kleine Lücke (100-500 m2)</t>
   </si>
   <si>
-    <t>medium gap (500-1000 m2)</t>
+    <t>mittlere Lücke (500-1000 m2)</t>
   </si>
   <si>
-    <t>large gap (1000-5000 m2)</t>
+    <t>grosse Lücke (1000-5000 m2)</t>
   </si>
   <si>
-    <t>very large gap (&gt;5000 m2)</t>
+    <t>sehr grosse Lücke (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413075/594906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6464,51 +6464,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413075/594906</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6524,226 +6524,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>