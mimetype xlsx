--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Anteil Waldprobeflächen</t>
+    <t>proporzione di aree di saggio in bosco</t>
   </si>
   <si>
-    <t>Fläche der grössten Lücke (5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>superficie della chiaria più grande (5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
   </si>
   <si>
-    <t>kleine Lücke (100-500 m2)</t>
+    <t>piccola chiaria (100-500 m2)</t>
   </si>
   <si>
-    <t>mittlere Lücke (500-1000 m2)</t>
+    <t>chiaria mediana (500-1000 m2)</t>
   </si>
   <si>
-    <t>grosse Lücke (1000-5000 m2)</t>
+    <t>chiaria grande (1000-5000 m2)</t>
   </si>
   <si>
-    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413075/594906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Superficie che nei cinque inventari IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6464,51 +6464,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413075/594906</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6524,226 +6524,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>