--- v0 (2025-11-17)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Anteil Waldprobeflächen</t>
+    <t>proporzione di aree di saggio in bosco</t>
   </si>
   <si>
-    <t>Fläche der grössten Lücke (5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>superficie della chiaria più grande (5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
   </si>
   <si>
-    <t>kleine Lücke (100-500 m2)</t>
+    <t>piccola chiaria (100-500 m2)</t>
   </si>
   <si>
-    <t>mittlere Lücke (500-1000 m2)</t>
+    <t>chiaria mediana (500-1000 m2)</t>
   </si>
   <si>
-    <t>grosse Lücke (1000-5000 m2)</t>
+    <t>chiaria grande (1000-5000 m2)</t>
   </si>
   <si>
-    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413078/594909</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Superficie che nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,52 +822,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10347,51 +10347,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="6">
         <v>100.0</v>
       </c>
       <c r="BB68" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413078/594909</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10429,226 +10429,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>