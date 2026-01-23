--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>surface de la plus grande trouée (5 classes) · étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêts protectrices (2022): forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>surface de la plus grande trouée (5 classes)</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpin supérieur</t>
   </si>
   <si>
     <t>subalpin</t>
   </si>
   <si>
-    <t>hochmontan</t>
-[...26 lines deleted...]
-    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>pas de trouée (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>petite trouée (100-500 m2)</t>
+  </si>
+  <si>
+    <t>trouée moyenne (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>grande trouée (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>très grande trouée (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413092/594923</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Placettes d'échantillonnage avec/sans trouées ≥100 m² d'un bord de couronne à l'autre recoupant la surface d'interprétation (50 × 50 m), classées en fonction de la surface de la plus grande trouée. Source: interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forêts protectrices (2022): forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2682</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald» (d.h. als «Wald ohne Gebüschwald» oder «Gebüschwald», der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Zone désignée à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026) comme «forêt accessible» (c'est-à-dire «forêt sans la forêt buissonnante ou «forêt buissonnante» atteignable à pied), située dans le périmètre des forêts protectrices délimité en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413092/594923</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forêts protectrices (2022): forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2682</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>