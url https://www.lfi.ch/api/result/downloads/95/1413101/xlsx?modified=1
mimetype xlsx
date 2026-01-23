--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>proportion de placettes en forêt</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>surface de la plus grande trouée (5 classes) · étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêts protectrices (2022): forêt IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>région économique</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Ouest du Jura</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Est du Jura</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Ouest du Plateau</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Centre du Plateau</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Est du Plateau</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Ouest des Préalpes</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Centre des Préalpes</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Est des Préalpes</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nord-ouest des Alpes</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Centre des Alpes</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nord-est des Alpes</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Sud-ouest des Alpes</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Sud-est des Alpes</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud des Alpes</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes)</t>
+    <t>surface de la plus grande trouée (5 classes)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>subalpin supérieur</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>haut-montagnard</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>montagnard inférieur et supérieur</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontagnard</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
+    <t>pas de trouée (&lt;100 m2)</t>
   </si>
   <si>
-    <t>small gap 100-500 m2)</t>
+    <t>petite trouée (100-500 m2)</t>
   </si>
   <si>
-    <t>medium gap (500-1000 m2)</t>
+    <t>trouée moyenne (500-1000 m2)</t>
   </si>
   <si>
-    <t>large gap (1000-5000 m2)</t>
+    <t>grande trouée (1000-5000 m2)</t>
   </si>
   <si>
-    <t>very large gap (&gt;5000 m2)</t>
+    <t>très grande trouée (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413101/594932</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Placettes d'échantillonnage avec/sans trouées ≥100 m² d'un bord de couronne à l'autre recoupant la surface d'interprétation (50 × 50 m), classées en fonction de la surface de la plus grande trouée. Source: interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêts protectrices (2022): forêt IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2683</t>
     </r>
   </si>
   <si>
-    <t>Area that, in both the NFI4 (2009-2017) and the NFI5 (2018-2026), conforms with the NFI's definition of «forest», i.e. «forest without shrub forest» or «shrub forest», and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Zone correspondant à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026) à la définition de «forêt» (c'est-à-dire «forêt sans la forêt buissonnante ou «forêt buissonnante») et située dans une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6464,51 +6464,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413101/594932</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6524,226 +6524,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêts protectrices (2022): forêt IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2683</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>