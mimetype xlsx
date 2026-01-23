--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>proporzione di aree di saggio in bosco</t>
+    <t>proportion of forest plots</t>
   </si>
   <si>
-    <t>superficie della chiaria più grande (5 classi) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>area of largest gap (5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco di protezione (2022): bosco</t>
+      <t xml:space="preserve">: protection forests (2022): forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>superficie della chiaria più grande (5 classi)</t>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>nessuna chiaria (&lt;100 m2)</t>
+    <t>no gap (&lt;100 m2)</t>
   </si>
   <si>
-    <t>piccola chiaria (100-500 m2)</t>
+    <t>small gap 100-500 m2)</t>
   </si>
   <si>
-    <t>chiaria mediana (500-1000 m2)</t>
+    <t>medium gap (500-1000 m2)</t>
   </si>
   <si>
-    <t>chiaria grande (1000-5000 m2)</t>
+    <t>large gap (1000-5000 m2)</t>
   </si>
   <si>
-    <t>chiaria molto grande (&gt;5000 m2)</t>
+    <t>very large gap (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413105/594936</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): bosco</t>
+      <t xml:space="preserve">protective forests (2022): forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2653</t>
     </r>
   </si>
   <si>
-    <t>Bosco (ossia «bosco esclusi gli arbusteti» o «arbusteto») che si trova nel perimetro dei boschi di protezione definito dai cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Forest, i.e. «forest without shrub forest» or «shrub forest», that is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6464,51 +6464,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413105/594936</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6524,226 +6524,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): bosco</t>
+            <t xml:space="preserve">protective forests (2022): forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>