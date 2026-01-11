--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>alte/basse quote</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>length of forest edge (aerial photo)</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: superficie totale</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: total area</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>basse quote</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413270/595101</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">lunghezza del margine boschivo (foto aeree)</t>
+      <t xml:space="preserve">length of forest edge (aerial photo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #8</t>
     </r>
   </si>
   <si>
-    <t>Lunghezza del margine boschivo calcolato sulla base dei poligoni del margine determinati sulle foto aeree.</t>
+    <t>Length of the forest edge calculated on the basis of the forest boundary lines determined in the aerial photo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie totale</t>
+      <t xml:space="preserve">total area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
+    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413270/595101</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">lunghezza del margine boschivo (foto aeree)</t>
+            <t xml:space="preserve">length of forest edge (aerial photo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #8</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie totale</t>
+            <t xml:space="preserve">total area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>