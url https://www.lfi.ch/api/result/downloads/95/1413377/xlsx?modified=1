--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+    <t>number of stems (standing living trees) with microhabitat</t>
   </si>
   <si>
-    <t>Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen) · Mikrohabitate (20 Klassen)</t>
+    <t>time of last treatment (in 50-year classes ) · microhabitats (20 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>biogeografische Region</t>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Alpennordflanke</t>
+    <t>Northern Alps</t>
   </si>
   <si>
-    <t>Westliche Zentralalpen</t>
+    <t>Western Central-Alps</t>
   </si>
   <si>
-    <t>Östliche Zentralalpen</t>
+    <t>Eastern Central-Alps</t>
   </si>
   <si>
-    <t>Alpensüdflanke</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+    <t>time of last treatment (in 50-year classes )</t>
   </si>
   <si>
-    <t>Mikrohabitate (20 Klassen)</t>
+    <t>microhabitats (20 classes)</t>
   </si>
   <si>
-    <t>Stk./ha</t>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Spechtbruthöhle</t>
+    <t>woodpecker breeding cavity</t>
   </si>
   <si>
-    <t>flache Baumhöhle (&lt;5 cm tief)</t>
+    <t>cavity (&lt;5 cm depth)</t>
   </si>
   <si>
-    <t>Baumhöhle (&gt;5 cm tief)</t>
+    <t>cavity (&gt;5 cm depth)</t>
   </si>
   <si>
-    <t>Insektenschaden</t>
+    <t>damage from insects</t>
   </si>
   <si>
-    <t>Dendrotelm</t>
+    <t>dendrotelm</t>
   </si>
   <si>
-    <t>Stammfusshöhle</t>
+    <t>buttress-root concavity</t>
   </si>
   <si>
-    <t xml:space="preserve">Holz ohne Rinde </t>
+    <t>bark loss</t>
   </si>
   <si>
-    <t>Brandnarbe</t>
+    <t>fire scar</t>
   </si>
   <si>
-    <t>Rindentasche</t>
+    <t>bark shelter/pocket</t>
   </si>
   <si>
-    <t>frischer Bruch</t>
+    <t>fresh stem/large branch breakage</t>
   </si>
   <si>
-    <t>breiter Spalt</t>
+    <t>broad crack</t>
   </si>
   <si>
-    <t>Kronentotholz</t>
+    <t>crown deadwood</t>
   </si>
   <si>
-    <t>Krebs oder Maserknollen</t>
+    <t>canker or burrs</t>
   </si>
   <si>
-    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
+    <t>perennial fungal fruiting body</t>
   </si>
   <si>
-    <t>kurzlebiger Pilzfruchtkörper</t>
+    <t>ephemeral fungal fruiting body</t>
   </si>
   <si>
-    <t>mehr als 10% Moose</t>
+    <t>bryophytes &gt;10%</t>
   </si>
   <si>
-    <t>mehr als 10% Flechten</t>
+    <t>lichens &gt;10%</t>
   </si>
   <si>
-    <t>mehr als 10% Efeu</t>
+    <t>ivy &gt;10%</t>
   </si>
   <si>
-    <t>Harzfluss</t>
+    <t>resinosis</t>
   </si>
   <si>
-    <t>übrige Mikrohabitate</t>
+    <t>other microhabitats</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>vor =50 Jahren</t>
+    <t>=50 years ago</t>
   </si>
   <si>
-    <t>vor 51-100 Jahren</t>
+    <t>51-100 years ago</t>
   </si>
   <si>
-    <t>vor &gt;100 Jahren oder nie genutzt</t>
+    <t>&gt;100 years ago or never</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413377/595208</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+      <t xml:space="preserve">time of last treatment (in 50-year classes )</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1290</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu 50 Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Number of years since the last silvicultural treatment – in classes of 50 years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+      <t xml:space="preserve">microhabitats (20 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -468,63 +468,66 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -801,65 +804,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -968,5566 +971,5566 @@
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="6">
-[...38 lines deleted...]
-      <c r="P13" s="6" t="s">
+      <c r="C13" s="7">
+        <v>0</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0</v>
+      </c>
+      <c r="J13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="L13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="N13" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+      <c r="P13" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="6">
-[...38 lines deleted...]
-      <c r="P14" s="6" t="s">
+      <c r="C14" s="7">
+        <v>0</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14" s="7">
+        <v>0</v>
+      </c>
+      <c r="J14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0</v>
+      </c>
+      <c r="L14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0</v>
+      </c>
+      <c r="N14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0</v>
+      </c>
+      <c r="P14" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="6">
-[...38 lines deleted...]
-      <c r="P15" s="6" t="s">
+      <c r="C15" s="7">
+        <v>0</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="7">
+        <v>0</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I15" s="7">
+        <v>0</v>
+      </c>
+      <c r="J15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0</v>
+      </c>
+      <c r="L15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0</v>
+      </c>
+      <c r="N15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0</v>
+      </c>
+      <c r="P15" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="6">
-[...38 lines deleted...]
-      <c r="P16" s="6" t="s">
+      <c r="C16" s="7">
+        <v>0</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" s="7">
+        <v>0</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I16" s="7">
+        <v>0</v>
+      </c>
+      <c r="J16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="L16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0</v>
+      </c>
+      <c r="N16" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0</v>
+      </c>
+      <c r="P16" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C17" s="6">
-[...38 lines deleted...]
-      <c r="P17" s="6" t="s">
+      <c r="C17" s="7">
+        <v>0</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0</v>
+      </c>
+      <c r="J17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="L17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="N17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+      <c r="P17" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="6">
-[...38 lines deleted...]
-      <c r="P18" s="6" t="s">
+      <c r="C18" s="7">
+        <v>0</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="7">
+        <v>0</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="7">
+        <v>0</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18" s="7">
+        <v>0</v>
+      </c>
+      <c r="J18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="L18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="N18" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+      <c r="P18" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="6">
-[...38 lines deleted...]
-      <c r="P19" s="6" t="s">
+      <c r="C19" s="7">
+        <v>0</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I19" s="7">
+        <v>0</v>
+      </c>
+      <c r="J19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="L19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="N19" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+      <c r="P19" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C20" s="6">
-[...38 lines deleted...]
-      <c r="P20" s="6" t="s">
+      <c r="C20" s="7">
+        <v>0</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="7">
+        <v>0</v>
+      </c>
+      <c r="J20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="L20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="N20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+      <c r="P20" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C21" s="6">
-[...38 lines deleted...]
-      <c r="P21" s="6" t="s">
+      <c r="C21" s="7">
+        <v>0</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="7">
+        <v>0</v>
+      </c>
+      <c r="J21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="L21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="N21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+      <c r="P21" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C22" s="6">
-[...38 lines deleted...]
-      <c r="P22" s="6" t="s">
+      <c r="C22" s="7">
+        <v>0</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="7">
+        <v>0</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="7">
+        <v>0</v>
+      </c>
+      <c r="J22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="L22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="N22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+      <c r="P22" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C23" s="6">
-[...38 lines deleted...]
-      <c r="P23" s="6" t="s">
+      <c r="C23" s="7">
+        <v>0</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="7">
+        <v>0</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I23" s="7">
+        <v>0</v>
+      </c>
+      <c r="J23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="L23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0</v>
+      </c>
+      <c r="N23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0</v>
+      </c>
+      <c r="P23" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C24" s="6">
-[...38 lines deleted...]
-      <c r="P24" s="6" t="s">
+      <c r="C24" s="7">
+        <v>0</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" s="7">
+        <v>0</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" s="7">
+        <v>0</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I24" s="7">
+        <v>0</v>
+      </c>
+      <c r="J24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="L24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="N24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0</v>
+      </c>
+      <c r="P24" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C25" s="6">
-[...38 lines deleted...]
-      <c r="P25" s="6" t="s">
+      <c r="C25" s="7">
+        <v>0</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" s="7">
+        <v>0</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="7">
+        <v>0</v>
+      </c>
+      <c r="J25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K25" s="7">
+        <v>0</v>
+      </c>
+      <c r="L25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0</v>
+      </c>
+      <c r="N25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O25" s="7">
+        <v>0</v>
+      </c>
+      <c r="P25" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="6">
-[...38 lines deleted...]
-      <c r="P26" s="6" t="s">
+      <c r="C26" s="7">
+        <v>0</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" s="7">
+        <v>0</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I26" s="7">
+        <v>0</v>
+      </c>
+      <c r="J26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0</v>
+      </c>
+      <c r="L26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0</v>
+      </c>
+      <c r="N26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O26" s="7">
+        <v>0</v>
+      </c>
+      <c r="P26" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C27" s="6">
-[...38 lines deleted...]
-      <c r="P27" s="6" t="s">
+      <c r="C27" s="7">
+        <v>0</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" s="7">
+        <v>0</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="7">
+        <v>0</v>
+      </c>
+      <c r="J27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K27" s="7">
+        <v>0</v>
+      </c>
+      <c r="L27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0</v>
+      </c>
+      <c r="N27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0</v>
+      </c>
+      <c r="P27" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="6">
-[...38 lines deleted...]
-      <c r="P28" s="6" t="s">
+      <c r="C28" s="7">
+        <v>0</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" s="7">
+        <v>0</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" s="7">
+        <v>0</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="7">
+        <v>0</v>
+      </c>
+      <c r="J28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K28" s="7">
+        <v>0</v>
+      </c>
+      <c r="L28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0</v>
+      </c>
+      <c r="N28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0</v>
+      </c>
+      <c r="P28" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C29" s="6">
-[...38 lines deleted...]
-      <c r="P29" s="6" t="s">
+      <c r="C29" s="7">
+        <v>0</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" s="7">
+        <v>0</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" s="7">
+        <v>0</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29" s="7">
+        <v>0</v>
+      </c>
+      <c r="J29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K29" s="7">
+        <v>0</v>
+      </c>
+      <c r="L29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0</v>
+      </c>
+      <c r="N29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0</v>
+      </c>
+      <c r="P29" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C30" s="6">
-[...38 lines deleted...]
-      <c r="P30" s="6" t="s">
+      <c r="C30" s="7">
+        <v>0</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" s="7">
+        <v>0</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I30" s="7">
+        <v>0</v>
+      </c>
+      <c r="J30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0</v>
+      </c>
+      <c r="L30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0</v>
+      </c>
+      <c r="N30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0</v>
+      </c>
+      <c r="P30" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C31" s="6">
-[...38 lines deleted...]
-      <c r="P31" s="6" t="s">
+      <c r="C31" s="7">
+        <v>0</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E31" s="7">
+        <v>0</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I31" s="7">
+        <v>0</v>
+      </c>
+      <c r="J31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K31" s="7">
+        <v>0</v>
+      </c>
+      <c r="L31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M31" s="7">
+        <v>0</v>
+      </c>
+      <c r="N31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O31" s="7">
+        <v>0</v>
+      </c>
+      <c r="P31" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="6">
-[...38 lines deleted...]
-      <c r="P32" s="6" t="s">
+      <c r="C32" s="7">
+        <v>0</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" s="7">
+        <v>0</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="7">
+        <v>0</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I32" s="7">
+        <v>0</v>
+      </c>
+      <c r="J32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K32" s="7">
+        <v>0</v>
+      </c>
+      <c r="L32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M32" s="7">
+        <v>0</v>
+      </c>
+      <c r="N32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O32" s="7">
+        <v>0</v>
+      </c>
+      <c r="P32" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="6">
-[...38 lines deleted...]
-      <c r="P33" s="6" t="s">
+      <c r="C33" s="7">
+        <v>0</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E33" s="7">
+        <v>0</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I33" s="7">
+        <v>0</v>
+      </c>
+      <c r="J33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K33" s="7">
+        <v>0</v>
+      </c>
+      <c r="L33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M33" s="7">
+        <v>0</v>
+      </c>
+      <c r="N33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O33" s="7">
+        <v>0</v>
+      </c>
+      <c r="P33" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="6" t="s">
-[...38 lines deleted...]
-      <c r="P34" s="6" t="s">
+      <c r="C34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O34" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="P34" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:16">
-      <c r="A35" s="5" t="s">
+      <c r="A35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C35" s="6">
-[...38 lines deleted...]
-      <c r="P35" s="6" t="s">
+      <c r="C35" s="7">
+        <v>0</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E35" s="7">
+        <v>0</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" s="7">
+        <v>0</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I35" s="7">
+        <v>0</v>
+      </c>
+      <c r="J35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K35" s="7">
+        <v>0</v>
+      </c>
+      <c r="L35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M35" s="7">
+        <v>0</v>
+      </c>
+      <c r="N35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O35" s="7">
+        <v>0</v>
+      </c>
+      <c r="P35" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C36" s="6">
-[...2 lines deleted...]
-      <c r="D36" s="6">
+      <c r="C36" s="7">
+        <v>0</v>
+      </c>
+      <c r="D36" s="7">
         <v>58</v>
       </c>
-      <c r="E36" s="6">
+      <c r="E36" s="7">
         <v>1</v>
       </c>
-      <c r="F36" s="6">
+      <c r="F36" s="7">
         <v>26</v>
       </c>
-      <c r="G36" s="6">
-[...2 lines deleted...]
-      <c r="H36" s="6">
+      <c r="G36" s="7">
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
         <v>33</v>
       </c>
-      <c r="I36" s="6">
+      <c r="I36" s="7">
         <v>1</v>
       </c>
-      <c r="J36" s="6">
+      <c r="J36" s="7">
         <v>52</v>
       </c>
-      <c r="K36" s="6">
-[...2 lines deleted...]
-      <c r="L36" s="6">
+      <c r="K36" s="7">
+        <v>0</v>
+      </c>
+      <c r="L36" s="7">
         <v>57</v>
       </c>
-      <c r="M36" s="6">
+      <c r="M36" s="7">
         <v>1</v>
       </c>
-      <c r="N36" s="6">
+      <c r="N36" s="7">
         <v>79</v>
       </c>
-      <c r="O36" s="6">
-[...2 lines deleted...]
-      <c r="P36" s="6">
+      <c r="O36" s="7">
+        <v>0</v>
+      </c>
+      <c r="P36" s="7">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C37" s="6">
+      <c r="C37" s="7">
         <v>3</v>
       </c>
-      <c r="D37" s="6">
+      <c r="D37" s="7">
         <v>20</v>
       </c>
-      <c r="E37" s="6">
+      <c r="E37" s="7">
         <v>3</v>
       </c>
-      <c r="F37" s="6">
+      <c r="F37" s="7">
         <v>23</v>
       </c>
-      <c r="G37" s="6">
+      <c r="G37" s="7">
         <v>4</v>
       </c>
-      <c r="H37" s="6">
+      <c r="H37" s="7">
         <v>14</v>
       </c>
-      <c r="I37" s="6">
+      <c r="I37" s="7">
         <v>3</v>
       </c>
-      <c r="J37" s="6">
+      <c r="J37" s="7">
         <v>33</v>
       </c>
-      <c r="K37" s="6">
+      <c r="K37" s="7">
         <v>3</v>
       </c>
-      <c r="L37" s="6">
+      <c r="L37" s="7">
         <v>29</v>
       </c>
-      <c r="M37" s="6">
+      <c r="M37" s="7">
         <v>14</v>
       </c>
-      <c r="N37" s="6">
+      <c r="N37" s="7">
         <v>27</v>
       </c>
-      <c r="O37" s="6">
+      <c r="O37" s="7">
         <v>4</v>
       </c>
-      <c r="P37" s="6">
+      <c r="P37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C38" s="6">
+      <c r="C38" s="7">
         <v>4</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D38" s="7">
         <v>16</v>
       </c>
-      <c r="E38" s="6">
+      <c r="E38" s="7">
         <v>3</v>
       </c>
-      <c r="F38" s="6">
+      <c r="F38" s="7">
         <v>18</v>
       </c>
-      <c r="G38" s="6">
+      <c r="G38" s="7">
         <v>4</v>
       </c>
-      <c r="H38" s="6">
+      <c r="H38" s="7">
         <v>14</v>
       </c>
-      <c r="I38" s="6">
+      <c r="I38" s="7">
         <v>3</v>
       </c>
-      <c r="J38" s="6">
+      <c r="J38" s="7">
         <v>45</v>
       </c>
-      <c r="K38" s="6">
+      <c r="K38" s="7">
         <v>2</v>
       </c>
-      <c r="L38" s="6">
+      <c r="L38" s="7">
         <v>34</v>
       </c>
-      <c r="M38" s="6">
+      <c r="M38" s="7">
         <v>7</v>
       </c>
-      <c r="N38" s="6">
+      <c r="N38" s="7">
         <v>26</v>
       </c>
-      <c r="O38" s="6">
+      <c r="O38" s="7">
         <v>4</v>
       </c>
-      <c r="P38" s="6">
+      <c r="P38" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C39" s="6">
+      <c r="C39" s="7">
         <v>1</v>
       </c>
-      <c r="D39" s="6">
+      <c r="D39" s="7">
         <v>41</v>
       </c>
-      <c r="E39" s="6">
-[...2 lines deleted...]
-      <c r="F39" s="6">
+      <c r="E39" s="7">
+        <v>0</v>
+      </c>
+      <c r="F39" s="7">
         <v>42</v>
       </c>
-      <c r="G39" s="6">
+      <c r="G39" s="7">
         <v>1</v>
       </c>
-      <c r="H39" s="6">
+      <c r="H39" s="7">
         <v>29</v>
       </c>
-      <c r="I39" s="6">
+      <c r="I39" s="7">
         <v>2</v>
       </c>
-      <c r="J39" s="6">
+      <c r="J39" s="7">
         <v>38</v>
       </c>
-      <c r="K39" s="6">
+      <c r="K39" s="7">
         <v>1</v>
       </c>
-      <c r="L39" s="6">
+      <c r="L39" s="7">
         <v>34</v>
       </c>
-      <c r="M39" s="6">
+      <c r="M39" s="7">
         <v>1</v>
       </c>
-      <c r="N39" s="6">
+      <c r="N39" s="7">
         <v>60</v>
       </c>
-      <c r="O39" s="6">
+      <c r="O39" s="7">
         <v>1</v>
       </c>
-      <c r="P39" s="6">
+      <c r="P39" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C40" s="6">
+      <c r="C40" s="7">
         <v>3</v>
       </c>
-      <c r="D40" s="6">
+      <c r="D40" s="7">
         <v>20</v>
       </c>
-      <c r="E40" s="6">
+      <c r="E40" s="7">
         <v>2</v>
       </c>
-      <c r="F40" s="6">
+      <c r="F40" s="7">
         <v>24</v>
       </c>
-      <c r="G40" s="6">
+      <c r="G40" s="7">
         <v>1</v>
       </c>
-      <c r="H40" s="6">
+      <c r="H40" s="7">
         <v>22</v>
       </c>
-      <c r="I40" s="6">
-[...2 lines deleted...]
-      <c r="J40" s="6">
+      <c r="I40" s="7">
+        <v>0</v>
+      </c>
+      <c r="J40" s="7">
         <v>100</v>
       </c>
-      <c r="K40" s="6">
+      <c r="K40" s="7">
         <v>3</v>
       </c>
-      <c r="L40" s="6">
+      <c r="L40" s="7">
         <v>37</v>
       </c>
-      <c r="M40" s="6">
+      <c r="M40" s="7">
         <v>7</v>
       </c>
-      <c r="N40" s="6">
+      <c r="N40" s="7">
         <v>28</v>
       </c>
-      <c r="O40" s="6">
+      <c r="O40" s="7">
         <v>2</v>
       </c>
-      <c r="P40" s="6">
+      <c r="P40" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C41" s="6">
+      <c r="C41" s="7">
         <v>45</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41" s="7">
         <v>6</v>
       </c>
-      <c r="E41" s="6">
+      <c r="E41" s="7">
         <v>28</v>
       </c>
-      <c r="F41" s="6">
+      <c r="F41" s="7">
         <v>5</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41" s="7">
         <v>71</v>
       </c>
-      <c r="H41" s="6">
+      <c r="H41" s="7">
         <v>4</v>
       </c>
-      <c r="I41" s="6">
+      <c r="I41" s="7">
         <v>37</v>
       </c>
-      <c r="J41" s="6">
+      <c r="J41" s="7">
         <v>17</v>
       </c>
-      <c r="K41" s="6">
+      <c r="K41" s="7">
         <v>49</v>
       </c>
-      <c r="L41" s="6">
+      <c r="L41" s="7">
         <v>8</v>
       </c>
-      <c r="M41" s="6">
+      <c r="M41" s="7">
         <v>48</v>
       </c>
-      <c r="N41" s="6">
+      <c r="N41" s="7">
         <v>12</v>
       </c>
-      <c r="O41" s="6">
+      <c r="O41" s="7">
         <v>48</v>
       </c>
-      <c r="P41" s="6">
+      <c r="P41" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C42" s="6">
+      <c r="C42" s="7">
         <v>20</v>
       </c>
-      <c r="D42" s="6">
+      <c r="D42" s="7">
         <v>8</v>
       </c>
-      <c r="E42" s="6">
+      <c r="E42" s="7">
         <v>18</v>
       </c>
-      <c r="F42" s="6">
+      <c r="F42" s="7">
         <v>6</v>
       </c>
-      <c r="G42" s="6">
+      <c r="G42" s="7">
         <v>26</v>
       </c>
-      <c r="H42" s="6">
+      <c r="H42" s="7">
         <v>6</v>
       </c>
-      <c r="I42" s="6">
+      <c r="I42" s="7">
         <v>23</v>
       </c>
-      <c r="J42" s="6">
+      <c r="J42" s="7">
         <v>14</v>
       </c>
-      <c r="K42" s="6">
+      <c r="K42" s="7">
         <v>24</v>
       </c>
-      <c r="L42" s="6">
+      <c r="L42" s="7">
         <v>11</v>
       </c>
-      <c r="M42" s="6">
+      <c r="M42" s="7">
         <v>42</v>
       </c>
-      <c r="N42" s="6">
+      <c r="N42" s="7">
         <v>17</v>
       </c>
-      <c r="O42" s="6">
+      <c r="O42" s="7">
         <v>23</v>
       </c>
-      <c r="P42" s="6">
+      <c r="P42" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C43" s="6">
-[...32 lines deleted...]
-      <c r="N43" s="6">
+      <c r="C43" s="7">
+        <v>0</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="7">
+        <v>0</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" s="7">
+        <v>0</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I43" s="7">
+        <v>0</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K43" s="7">
+        <v>0</v>
+      </c>
+      <c r="L43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M43" s="7">
+        <v>0</v>
+      </c>
+      <c r="N43" s="7">
         <v>100</v>
       </c>
-      <c r="O43" s="6">
-[...2 lines deleted...]
-      <c r="P43" s="6">
+      <c r="O43" s="7">
+        <v>0</v>
+      </c>
+      <c r="P43" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C44" s="6">
+      <c r="C44" s="7">
         <v>5</v>
       </c>
-      <c r="D44" s="6">
+      <c r="D44" s="7">
         <v>15</v>
       </c>
-      <c r="E44" s="6">
+      <c r="E44" s="7">
         <v>2</v>
       </c>
-      <c r="F44" s="6">
+      <c r="F44" s="7">
         <v>17</v>
       </c>
-      <c r="G44" s="6">
+      <c r="G44" s="7">
         <v>5</v>
       </c>
-      <c r="H44" s="6">
+      <c r="H44" s="7">
         <v>13</v>
       </c>
-      <c r="I44" s="6">
+      <c r="I44" s="7">
         <v>11</v>
       </c>
-      <c r="J44" s="6">
+      <c r="J44" s="7">
         <v>28</v>
       </c>
-      <c r="K44" s="6">
+      <c r="K44" s="7">
         <v>7</v>
       </c>
-      <c r="L44" s="6">
+      <c r="L44" s="7">
         <v>19</v>
       </c>
-      <c r="M44" s="6">
+      <c r="M44" s="7">
         <v>16</v>
       </c>
-      <c r="N44" s="6">
+      <c r="N44" s="7">
         <v>33</v>
       </c>
-      <c r="O44" s="6">
+      <c r="O44" s="7">
         <v>5</v>
       </c>
-      <c r="P44" s="6">
+      <c r="P44" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C45" s="6">
+      <c r="C45" s="7">
         <v>3</v>
       </c>
-      <c r="D45" s="6">
+      <c r="D45" s="7">
         <v>22</v>
       </c>
-      <c r="E45" s="6">
+      <c r="E45" s="7">
         <v>2</v>
       </c>
-      <c r="F45" s="6">
+      <c r="F45" s="7">
         <v>19</v>
       </c>
-      <c r="G45" s="6">
+      <c r="G45" s="7">
         <v>3</v>
       </c>
-      <c r="H45" s="6">
+      <c r="H45" s="7">
         <v>17</v>
       </c>
-      <c r="I45" s="6">
+      <c r="I45" s="7">
         <v>3</v>
       </c>
-      <c r="J45" s="6">
+      <c r="J45" s="7">
         <v>38</v>
       </c>
-      <c r="K45" s="6">
+      <c r="K45" s="7">
         <v>3</v>
       </c>
-      <c r="L45" s="6">
+      <c r="L45" s="7">
         <v>27</v>
       </c>
-      <c r="M45" s="6">
+      <c r="M45" s="7">
         <v>6</v>
       </c>
-      <c r="N45" s="6">
+      <c r="N45" s="7">
         <v>23</v>
       </c>
-      <c r="O45" s="6">
+      <c r="O45" s="7">
         <v>3</v>
       </c>
-      <c r="P45" s="6">
+      <c r="P45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C46" s="6">
-[...2 lines deleted...]
-      <c r="D46" s="6">
+      <c r="C46" s="7">
+        <v>0</v>
+      </c>
+      <c r="D46" s="7">
         <v>57</v>
       </c>
-      <c r="E46" s="6">
-[...2 lines deleted...]
-      <c r="F46" s="6">
+      <c r="E46" s="7">
+        <v>0</v>
+      </c>
+      <c r="F46" s="7">
         <v>48</v>
       </c>
-      <c r="G46" s="6">
+      <c r="G46" s="7">
         <v>1</v>
       </c>
-      <c r="H46" s="6">
+      <c r="H46" s="7">
         <v>32</v>
       </c>
-      <c r="I46" s="6">
+      <c r="I46" s="7">
         <v>1</v>
       </c>
-      <c r="J46" s="6">
+      <c r="J46" s="7">
         <v>61</v>
       </c>
-      <c r="K46" s="6">
+      <c r="K46" s="7">
         <v>1</v>
       </c>
-      <c r="L46" s="6">
+      <c r="L46" s="7">
         <v>43</v>
       </c>
-      <c r="M46" s="6">
+      <c r="M46" s="7">
         <v>5</v>
       </c>
-      <c r="N46" s="6">
+      <c r="N46" s="7">
         <v>31</v>
       </c>
-      <c r="O46" s="6">
+      <c r="O46" s="7">
         <v>1</v>
       </c>
-      <c r="P46" s="6">
+      <c r="P46" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C47" s="6">
+      <c r="C47" s="7">
         <v>35</v>
       </c>
-      <c r="D47" s="6">
+      <c r="D47" s="7">
         <v>13</v>
       </c>
-      <c r="E47" s="6">
+      <c r="E47" s="7">
         <v>58</v>
       </c>
-      <c r="F47" s="6">
+      <c r="F47" s="7">
         <v>10</v>
       </c>
-      <c r="G47" s="6">
+      <c r="G47" s="7">
         <v>53</v>
       </c>
-      <c r="H47" s="6">
+      <c r="H47" s="7">
         <v>9</v>
       </c>
-      <c r="I47" s="6">
+      <c r="I47" s="7">
         <v>45</v>
       </c>
-      <c r="J47" s="6">
+      <c r="J47" s="7">
         <v>18</v>
       </c>
-      <c r="K47" s="6">
+      <c r="K47" s="7">
         <v>47</v>
       </c>
-      <c r="L47" s="6">
+      <c r="L47" s="7">
         <v>16</v>
       </c>
-      <c r="M47" s="6">
+      <c r="M47" s="7">
         <v>46</v>
       </c>
-      <c r="N47" s="6">
+      <c r="N47" s="7">
         <v>16</v>
       </c>
-      <c r="O47" s="6">
+      <c r="O47" s="7">
         <v>49</v>
       </c>
-      <c r="P47" s="6">
+      <c r="P47" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C48" s="6">
+      <c r="C48" s="7">
         <v>8</v>
       </c>
-      <c r="D48" s="6">
+      <c r="D48" s="7">
         <v>16</v>
       </c>
-      <c r="E48" s="6">
+      <c r="E48" s="7">
         <v>4</v>
       </c>
-      <c r="F48" s="6">
+      <c r="F48" s="7">
         <v>14</v>
       </c>
-      <c r="G48" s="6">
+      <c r="G48" s="7">
         <v>12</v>
       </c>
-      <c r="H48" s="6">
+      <c r="H48" s="7">
         <v>10</v>
       </c>
-      <c r="I48" s="6">
+      <c r="I48" s="7">
         <v>9</v>
       </c>
-      <c r="J48" s="6">
+      <c r="J48" s="7">
         <v>23</v>
       </c>
-      <c r="K48" s="6">
+      <c r="K48" s="7">
         <v>9</v>
       </c>
-      <c r="L48" s="6">
+      <c r="L48" s="7">
         <v>22</v>
       </c>
-      <c r="M48" s="6">
+      <c r="M48" s="7">
         <v>36</v>
       </c>
-      <c r="N48" s="6">
+      <c r="N48" s="7">
         <v>22</v>
       </c>
-      <c r="O48" s="6">
+      <c r="O48" s="7">
         <v>10</v>
       </c>
-      <c r="P48" s="6">
+      <c r="P48" s="7">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C49" s="6">
-[...2 lines deleted...]
-      <c r="D49" s="6">
+      <c r="C49" s="7">
+        <v>0</v>
+      </c>
+      <c r="D49" s="7">
         <v>50</v>
       </c>
-      <c r="E49" s="6">
-[...2 lines deleted...]
-      <c r="F49" s="6">
+      <c r="E49" s="7">
+        <v>0</v>
+      </c>
+      <c r="F49" s="7">
         <v>30</v>
       </c>
-      <c r="G49" s="6">
+      <c r="G49" s="7">
         <v>1</v>
       </c>
-      <c r="H49" s="6">
+      <c r="H49" s="7">
         <v>37</v>
       </c>
-      <c r="I49" s="6">
-[...2 lines deleted...]
-      <c r="J49" s="6">
+      <c r="I49" s="7">
+        <v>0</v>
+      </c>
+      <c r="J49" s="7">
         <v>77</v>
       </c>
-      <c r="K49" s="6">
+      <c r="K49" s="7">
         <v>1</v>
       </c>
-      <c r="L49" s="6">
+      <c r="L49" s="7">
         <v>67</v>
       </c>
-      <c r="M49" s="6">
+      <c r="M49" s="7">
         <v>1</v>
       </c>
-      <c r="N49" s="6">
+      <c r="N49" s="7">
         <v>76</v>
       </c>
-      <c r="O49" s="6">
-[...2 lines deleted...]
-      <c r="P49" s="6">
+      <c r="O49" s="7">
+        <v>0</v>
+      </c>
+      <c r="P49" s="7">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C50" s="6">
-[...2 lines deleted...]
-      <c r="D50" s="6">
+      <c r="C50" s="7">
+        <v>0</v>
+      </c>
+      <c r="D50" s="7">
         <v>46</v>
       </c>
-      <c r="E50" s="6">
-[...2 lines deleted...]
-      <c r="F50" s="6">
+      <c r="E50" s="7">
+        <v>0</v>
+      </c>
+      <c r="F50" s="7">
         <v>58</v>
       </c>
-      <c r="G50" s="6">
-[...2 lines deleted...]
-      <c r="H50" s="6">
+      <c r="G50" s="7">
+        <v>0</v>
+      </c>
+      <c r="H50" s="7">
         <v>85</v>
       </c>
-      <c r="I50" s="6">
-[...8 lines deleted...]
-      <c r="L50" s="6">
+      <c r="I50" s="7">
+        <v>0</v>
+      </c>
+      <c r="J50" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K50" s="7">
+        <v>0</v>
+      </c>
+      <c r="L50" s="7">
         <v>100</v>
       </c>
-      <c r="M50" s="6">
-[...8 lines deleted...]
-      <c r="P50" s="6">
+      <c r="M50" s="7">
+        <v>0</v>
+      </c>
+      <c r="N50" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O50" s="7">
+        <v>0</v>
+      </c>
+      <c r="P50" s="7">
         <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C51" s="6">
+      <c r="C51" s="7">
         <v>84</v>
       </c>
-      <c r="D51" s="6">
+      <c r="D51" s="7">
         <v>6</v>
       </c>
-      <c r="E51" s="6">
+      <c r="E51" s="7">
         <v>85</v>
       </c>
-      <c r="F51" s="6">
+      <c r="F51" s="7">
         <v>5</v>
       </c>
-      <c r="G51" s="6">
+      <c r="G51" s="7">
         <v>80</v>
       </c>
-      <c r="H51" s="6">
+      <c r="H51" s="7">
         <v>6</v>
       </c>
-      <c r="I51" s="6">
+      <c r="I51" s="7">
         <v>25</v>
       </c>
-      <c r="J51" s="6">
+      <c r="J51" s="7">
         <v>25</v>
       </c>
-      <c r="K51" s="6">
+      <c r="K51" s="7">
         <v>18</v>
       </c>
-      <c r="L51" s="6">
+      <c r="L51" s="7">
         <v>25</v>
       </c>
-      <c r="M51" s="6">
+      <c r="M51" s="7">
         <v>41</v>
       </c>
-      <c r="N51" s="6">
+      <c r="N51" s="7">
         <v>20</v>
       </c>
-      <c r="O51" s="6">
+      <c r="O51" s="7">
         <v>70</v>
       </c>
-      <c r="P51" s="6">
+      <c r="P51" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C52" s="6">
+      <c r="C52" s="7">
         <v>55</v>
       </c>
-      <c r="D52" s="6">
+      <c r="D52" s="7">
         <v>9</v>
       </c>
-      <c r="E52" s="6">
+      <c r="E52" s="7">
         <v>2</v>
       </c>
-      <c r="F52" s="6">
+      <c r="F52" s="7">
         <v>24</v>
       </c>
-      <c r="G52" s="6">
+      <c r="G52" s="7">
         <v>48</v>
       </c>
-      <c r="H52" s="6">
+      <c r="H52" s="7">
         <v>10</v>
       </c>
-      <c r="I52" s="6">
+      <c r="I52" s="7">
         <v>150</v>
       </c>
-      <c r="J52" s="6">
+      <c r="J52" s="7">
         <v>11</v>
       </c>
-      <c r="K52" s="6">
+      <c r="K52" s="7">
         <v>127</v>
       </c>
-      <c r="L52" s="6">
+      <c r="L52" s="7">
         <v>10</v>
       </c>
-      <c r="M52" s="6">
+      <c r="M52" s="7">
         <v>73</v>
       </c>
-      <c r="N52" s="6">
+      <c r="N52" s="7">
         <v>18</v>
       </c>
-      <c r="O52" s="6">
+      <c r="O52" s="7">
         <v>52</v>
       </c>
-      <c r="P52" s="6">
+      <c r="P52" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C53" s="6">
+      <c r="C53" s="7">
         <v>13</v>
       </c>
-      <c r="D53" s="6">
+      <c r="D53" s="7">
         <v>17</v>
       </c>
-      <c r="E53" s="6">
+      <c r="E53" s="7">
         <v>26</v>
       </c>
-      <c r="F53" s="6">
+      <c r="F53" s="7">
         <v>10</v>
       </c>
-      <c r="G53" s="6">
+      <c r="G53" s="7">
         <v>6</v>
       </c>
-      <c r="H53" s="6">
+      <c r="H53" s="7">
         <v>20</v>
       </c>
-      <c r="I53" s="6">
-[...2 lines deleted...]
-      <c r="J53" s="6">
+      <c r="I53" s="7">
+        <v>0</v>
+      </c>
+      <c r="J53" s="7">
         <v>57</v>
       </c>
-      <c r="K53" s="6">
-[...2 lines deleted...]
-      <c r="L53" s="6">
+      <c r="K53" s="7">
+        <v>0</v>
+      </c>
+      <c r="L53" s="7">
         <v>100</v>
       </c>
-      <c r="M53" s="6">
+      <c r="M53" s="7">
         <v>9</v>
       </c>
-      <c r="N53" s="6">
+      <c r="N53" s="7">
         <v>41</v>
       </c>
-      <c r="O53" s="6">
+      <c r="O53" s="7">
         <v>13</v>
       </c>
-      <c r="P53" s="6">
+      <c r="P53" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C54" s="6">
+      <c r="C54" s="7">
         <v>16</v>
       </c>
-      <c r="D54" s="6">
+      <c r="D54" s="7">
         <v>11</v>
       </c>
-      <c r="E54" s="6">
+      <c r="E54" s="7">
         <v>18</v>
       </c>
-      <c r="F54" s="6">
+      <c r="F54" s="7">
         <v>9</v>
       </c>
-      <c r="G54" s="6">
+      <c r="G54" s="7">
         <v>37</v>
       </c>
-      <c r="H54" s="6">
+      <c r="H54" s="7">
         <v>7</v>
       </c>
-      <c r="I54" s="6">
+      <c r="I54" s="7">
         <v>55</v>
       </c>
-      <c r="J54" s="6">
+      <c r="J54" s="7">
         <v>14</v>
       </c>
-      <c r="K54" s="6">
+      <c r="K54" s="7">
         <v>69</v>
       </c>
-      <c r="L54" s="6">
+      <c r="L54" s="7">
         <v>9</v>
       </c>
-      <c r="M54" s="6">
+      <c r="M54" s="7">
         <v>27</v>
       </c>
-      <c r="N54" s="6">
+      <c r="N54" s="7">
         <v>18</v>
       </c>
-      <c r="O54" s="6">
+      <c r="O54" s="7">
         <v>31</v>
       </c>
-      <c r="P54" s="6">
+      <c r="P54" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C55" s="6">
+      <c r="C55" s="7">
         <v>198</v>
       </c>
-      <c r="D55" s="6">
+      <c r="D55" s="7">
         <v>4</v>
       </c>
-      <c r="E55" s="6">
+      <c r="E55" s="7">
         <v>157</v>
       </c>
-      <c r="F55" s="6">
+      <c r="F55" s="7">
         <v>3</v>
       </c>
-      <c r="G55" s="6">
+      <c r="G55" s="7">
         <v>197</v>
       </c>
-      <c r="H55" s="6">
+      <c r="H55" s="7">
         <v>4</v>
       </c>
-      <c r="I55" s="6">
+      <c r="I55" s="7">
         <v>241</v>
       </c>
-      <c r="J55" s="6">
+      <c r="J55" s="7">
         <v>7</v>
       </c>
-      <c r="K55" s="6">
+      <c r="K55" s="7">
         <v>193</v>
       </c>
-      <c r="L55" s="6">
+      <c r="L55" s="7">
         <v>7</v>
       </c>
-      <c r="M55" s="6">
+      <c r="M55" s="7">
         <v>281</v>
       </c>
-      <c r="N55" s="6">
+      <c r="N55" s="7">
         <v>8</v>
       </c>
-      <c r="O55" s="6">
+      <c r="O55" s="7">
         <v>192</v>
       </c>
-      <c r="P55" s="6">
+      <c r="P55" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C56" s="6" t="s">
-[...38 lines deleted...]
-      <c r="P56" s="6" t="s">
+      <c r="C56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O56" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="P56" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C57" s="6">
-[...38 lines deleted...]
-      <c r="P57" s="6" t="s">
+      <c r="C57" s="7">
+        <v>0</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E57" s="7">
+        <v>0</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="7">
+        <v>0</v>
+      </c>
+      <c r="J57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K57" s="7">
+        <v>0</v>
+      </c>
+      <c r="L57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M57" s="7">
+        <v>0</v>
+      </c>
+      <c r="N57" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O57" s="7">
+        <v>0</v>
+      </c>
+      <c r="P57" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C58" s="6">
+      <c r="C58" s="7">
         <v>2</v>
       </c>
-      <c r="D58" s="6">
+      <c r="D58" s="7">
         <v>99</v>
       </c>
-      <c r="E58" s="6">
+      <c r="E58" s="7">
         <v>1</v>
       </c>
-      <c r="F58" s="6">
+      <c r="F58" s="7">
         <v>96</v>
       </c>
-      <c r="G58" s="6">
-[...2 lines deleted...]
-      <c r="H58" s="6">
+      <c r="G58" s="7">
+        <v>0</v>
+      </c>
+      <c r="H58" s="7">
         <v>70</v>
       </c>
-      <c r="I58" s="6">
+      <c r="I58" s="7">
         <v>1</v>
       </c>
-      <c r="J58" s="6">
+      <c r="J58" s="7">
         <v>76</v>
       </c>
-      <c r="K58" s="6">
-[...2 lines deleted...]
-      <c r="L58" s="6">
+      <c r="K58" s="7">
+        <v>0</v>
+      </c>
+      <c r="L58" s="7">
         <v>99</v>
       </c>
-      <c r="M58" s="6">
+      <c r="M58" s="7">
         <v>1</v>
       </c>
-      <c r="N58" s="6">
+      <c r="N58" s="7">
         <v>50</v>
       </c>
-      <c r="O58" s="6">
+      <c r="O58" s="7">
         <v>1</v>
       </c>
-      <c r="P58" s="6">
+      <c r="P58" s="7">
         <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C59" s="6">
+      <c r="C59" s="7">
         <v>8</v>
       </c>
-      <c r="D59" s="6">
+      <c r="D59" s="7">
         <v>39</v>
       </c>
-      <c r="E59" s="6">
+      <c r="E59" s="7">
         <v>1</v>
       </c>
-      <c r="F59" s="6">
+      <c r="F59" s="7">
         <v>97</v>
       </c>
-      <c r="G59" s="6">
+      <c r="G59" s="7">
         <v>6</v>
       </c>
-      <c r="H59" s="6">
+      <c r="H59" s="7">
         <v>34</v>
       </c>
-      <c r="I59" s="6">
+      <c r="I59" s="7">
         <v>5</v>
       </c>
-      <c r="J59" s="6">
+      <c r="J59" s="7">
         <v>47</v>
       </c>
-      <c r="K59" s="6">
+      <c r="K59" s="7">
         <v>1</v>
       </c>
-      <c r="L59" s="6">
+      <c r="L59" s="7">
         <v>78</v>
       </c>
-      <c r="M59" s="6">
+      <c r="M59" s="7">
         <v>10</v>
       </c>
-      <c r="N59" s="6">
+      <c r="N59" s="7">
         <v>24</v>
       </c>
-      <c r="O59" s="6">
+      <c r="O59" s="7">
         <v>7</v>
       </c>
-      <c r="P59" s="6">
+      <c r="P59" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C60" s="6">
-[...2 lines deleted...]
-      <c r="D60" s="6">
+      <c r="C60" s="7">
+        <v>21</v>
+      </c>
+      <c r="D60" s="7">
         <v>41</v>
       </c>
-      <c r="E60" s="6">
+      <c r="E60" s="7">
         <v>8</v>
       </c>
-      <c r="F60" s="6">
+      <c r="F60" s="7">
         <v>67</v>
       </c>
-      <c r="G60" s="6">
+      <c r="G60" s="7">
         <v>8</v>
       </c>
-      <c r="H60" s="6">
+      <c r="H60" s="7">
         <v>26</v>
       </c>
-      <c r="I60" s="6">
+      <c r="I60" s="7">
         <v>10</v>
       </c>
-      <c r="J60" s="6">
+      <c r="J60" s="7">
         <v>32</v>
       </c>
-      <c r="K60" s="6">
+      <c r="K60" s="7">
         <v>2</v>
       </c>
-      <c r="L60" s="6">
+      <c r="L60" s="7">
         <v>69</v>
       </c>
-      <c r="M60" s="6">
+      <c r="M60" s="7">
         <v>19</v>
       </c>
-      <c r="N60" s="6">
+      <c r="N60" s="7">
         <v>19</v>
       </c>
-      <c r="O60" s="6">
+      <c r="O60" s="7">
         <v>13</v>
       </c>
-      <c r="P60" s="6">
+      <c r="P60" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C61" s="6">
-[...11 lines deleted...]
-      <c r="G61" s="6">
+      <c r="C61" s="7">
+        <v>0</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E61" s="7">
+        <v>0</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" s="7">
         <v>2</v>
       </c>
-      <c r="H61" s="6">
+      <c r="H61" s="7">
         <v>78</v>
       </c>
-      <c r="I61" s="6">
+      <c r="I61" s="7">
         <v>1</v>
       </c>
-      <c r="J61" s="6">
+      <c r="J61" s="7">
         <v>76</v>
       </c>
-      <c r="K61" s="6">
+      <c r="K61" s="7">
         <v>1</v>
       </c>
-      <c r="L61" s="6">
+      <c r="L61" s="7">
         <v>69</v>
       </c>
-      <c r="M61" s="6">
-[...2 lines deleted...]
-      <c r="N61" s="6">
+      <c r="M61" s="7">
+        <v>0</v>
+      </c>
+      <c r="N61" s="7">
         <v>57</v>
       </c>
-      <c r="O61" s="6">
+      <c r="O61" s="7">
         <v>1</v>
       </c>
-      <c r="P61" s="6">
+      <c r="P61" s="7">
         <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C62" s="6">
+      <c r="C62" s="7">
         <v>4</v>
       </c>
-      <c r="D62" s="6">
+      <c r="D62" s="7">
         <v>99</v>
       </c>
-      <c r="E62" s="6">
+      <c r="E62" s="7">
         <v>19</v>
       </c>
-      <c r="F62" s="6">
+      <c r="F62" s="7">
         <v>45</v>
       </c>
-      <c r="G62" s="6">
+      <c r="G62" s="7">
         <v>5</v>
       </c>
-      <c r="H62" s="6">
+      <c r="H62" s="7">
         <v>34</v>
       </c>
-      <c r="I62" s="6">
+      <c r="I62" s="7">
         <v>3</v>
       </c>
-      <c r="J62" s="6">
+      <c r="J62" s="7">
         <v>61</v>
       </c>
-      <c r="K62" s="6">
-[...5 lines deleted...]
-      <c r="M62" s="6">
+      <c r="K62" s="7">
+        <v>0</v>
+      </c>
+      <c r="L62" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M62" s="7">
         <v>15</v>
       </c>
-      <c r="N62" s="6">
+      <c r="N62" s="7">
         <v>22</v>
       </c>
-      <c r="O62" s="6">
+      <c r="O62" s="7">
         <v>8</v>
       </c>
-      <c r="P62" s="6">
+      <c r="P62" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C63" s="6">
+      <c r="C63" s="7">
         <v>81</v>
       </c>
-      <c r="D63" s="6">
+      <c r="D63" s="7">
         <v>18</v>
       </c>
-      <c r="E63" s="6">
+      <c r="E63" s="7">
         <v>76</v>
       </c>
-      <c r="F63" s="6">
+      <c r="F63" s="7">
         <v>28</v>
       </c>
-      <c r="G63" s="6">
+      <c r="G63" s="7">
         <v>114</v>
       </c>
-      <c r="H63" s="6">
+      <c r="H63" s="7">
         <v>10</v>
       </c>
-      <c r="I63" s="6">
+      <c r="I63" s="7">
         <v>51</v>
       </c>
-      <c r="J63" s="6">
+      <c r="J63" s="7">
         <v>17</v>
       </c>
-      <c r="K63" s="6">
+      <c r="K63" s="7">
         <v>64</v>
       </c>
-      <c r="L63" s="6">
+      <c r="L63" s="7">
         <v>18</v>
       </c>
-      <c r="M63" s="6">
+      <c r="M63" s="7">
         <v>73</v>
       </c>
-      <c r="N63" s="6">
+      <c r="N63" s="7">
         <v>12</v>
       </c>
-      <c r="O63" s="6">
+      <c r="O63" s="7">
         <v>79</v>
       </c>
-      <c r="P63" s="6">
+      <c r="P63" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C64" s="6">
+      <c r="C64" s="7">
         <v>44</v>
       </c>
-      <c r="D64" s="6">
-[...2 lines deleted...]
-      <c r="E64" s="6">
+      <c r="D64" s="7">
+        <v>21</v>
+      </c>
+      <c r="E64" s="7">
         <v>28</v>
       </c>
-      <c r="F64" s="6">
+      <c r="F64" s="7">
         <v>27</v>
       </c>
-      <c r="G64" s="6">
+      <c r="G64" s="7">
         <v>32</v>
       </c>
-      <c r="H64" s="6">
+      <c r="H64" s="7">
         <v>19</v>
       </c>
-      <c r="I64" s="6">
+      <c r="I64" s="7">
         <v>30</v>
       </c>
-      <c r="J64" s="6">
+      <c r="J64" s="7">
         <v>19</v>
       </c>
-      <c r="K64" s="6">
+      <c r="K64" s="7">
         <v>32</v>
       </c>
-      <c r="L64" s="6">
+      <c r="L64" s="7">
         <v>26</v>
       </c>
-      <c r="M64" s="6">
+      <c r="M64" s="7">
         <v>47</v>
       </c>
-      <c r="N64" s="6">
+      <c r="N64" s="7">
         <v>12</v>
       </c>
-      <c r="O64" s="6">
+      <c r="O64" s="7">
         <v>38</v>
       </c>
-      <c r="P64" s="6">
+      <c r="P64" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C65" s="6">
-[...29 lines deleted...]
-      <c r="M65" s="6">
+      <c r="C65" s="7">
+        <v>0</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" s="7">
+        <v>0</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" s="7">
+        <v>0</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I65" s="7">
+        <v>0</v>
+      </c>
+      <c r="J65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K65" s="7">
+        <v>0</v>
+      </c>
+      <c r="L65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M65" s="7">
         <v>4</v>
       </c>
-      <c r="N65" s="6">
+      <c r="N65" s="7">
         <v>71</v>
       </c>
-      <c r="O65" s="6">
+      <c r="O65" s="7">
         <v>2</v>
       </c>
-      <c r="P65" s="6">
+      <c r="P65" s="7">
         <v>71</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C66" s="6">
+      <c r="C66" s="7">
         <v>19</v>
       </c>
-      <c r="D66" s="6">
+      <c r="D66" s="7">
         <v>39</v>
       </c>
-      <c r="E66" s="6">
+      <c r="E66" s="7">
         <v>18</v>
       </c>
-      <c r="F66" s="6">
+      <c r="F66" s="7">
         <v>54</v>
       </c>
-      <c r="G66" s="6">
+      <c r="G66" s="7">
         <v>9</v>
       </c>
-      <c r="H66" s="6">
+      <c r="H66" s="7">
         <v>46</v>
       </c>
-      <c r="I66" s="6">
+      <c r="I66" s="7">
         <v>22</v>
       </c>
-      <c r="J66" s="6">
+      <c r="J66" s="7">
         <v>43</v>
       </c>
-      <c r="K66" s="6">
+      <c r="K66" s="7">
         <v>19</v>
       </c>
-      <c r="L66" s="6">
+      <c r="L66" s="7">
         <v>56</v>
       </c>
-      <c r="M66" s="6">
+      <c r="M66" s="7">
         <v>18</v>
       </c>
-      <c r="N66" s="6">
+      <c r="N66" s="7">
         <v>17</v>
       </c>
-      <c r="O66" s="6">
+      <c r="O66" s="7">
         <v>17</v>
       </c>
-      <c r="P66" s="6">
+      <c r="P66" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C67" s="6">
+      <c r="C67" s="7">
         <v>8</v>
       </c>
-      <c r="D67" s="6">
+      <c r="D67" s="7">
         <v>53</v>
       </c>
-      <c r="E67" s="6">
+      <c r="E67" s="7">
         <v>1</v>
       </c>
-      <c r="F67" s="6">
+      <c r="F67" s="7">
         <v>97</v>
       </c>
-      <c r="G67" s="6">
+      <c r="G67" s="7">
         <v>5</v>
       </c>
-      <c r="H67" s="6">
+      <c r="H67" s="7">
         <v>54</v>
       </c>
-      <c r="I67" s="6">
+      <c r="I67" s="7">
         <v>2</v>
       </c>
-      <c r="J67" s="6">
+      <c r="J67" s="7">
         <v>59</v>
       </c>
-      <c r="K67" s="6">
+      <c r="K67" s="7">
         <v>5</v>
       </c>
-      <c r="L67" s="6">
+      <c r="L67" s="7">
         <v>37</v>
       </c>
-      <c r="M67" s="6">
+      <c r="M67" s="7">
         <v>8</v>
       </c>
-      <c r="N67" s="6">
-[...2 lines deleted...]
-      <c r="O67" s="6">
+      <c r="N67" s="7">
+        <v>21</v>
+      </c>
+      <c r="O67" s="7">
         <v>6</v>
       </c>
-      <c r="P67" s="6">
+      <c r="P67" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C68" s="6">
+      <c r="C68" s="7">
         <v>1</v>
       </c>
-      <c r="D68" s="6">
+      <c r="D68" s="7">
         <v>69</v>
       </c>
-      <c r="E68" s="6">
-[...5 lines deleted...]
-      <c r="G68" s="6">
+      <c r="E68" s="7">
+        <v>0</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" s="7">
         <v>1</v>
       </c>
-      <c r="H68" s="6">
+      <c r="H68" s="7">
         <v>62</v>
       </c>
-      <c r="I68" s="6">
+      <c r="I68" s="7">
         <v>3</v>
       </c>
-      <c r="J68" s="6">
+      <c r="J68" s="7">
         <v>65</v>
       </c>
-      <c r="K68" s="6">
-[...5 lines deleted...]
-      <c r="M68" s="6">
+      <c r="K68" s="7">
+        <v>0</v>
+      </c>
+      <c r="L68" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M68" s="7">
         <v>4</v>
       </c>
-      <c r="N68" s="6">
+      <c r="N68" s="7">
         <v>25</v>
       </c>
-      <c r="O68" s="6">
+      <c r="O68" s="7">
         <v>3</v>
       </c>
-      <c r="P68" s="6">
+      <c r="P68" s="7">
         <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C69" s="6">
+      <c r="C69" s="7">
         <v>33</v>
       </c>
-      <c r="D69" s="6">
+      <c r="D69" s="7">
         <v>28</v>
       </c>
-      <c r="E69" s="6">
+      <c r="E69" s="7">
         <v>39</v>
       </c>
-      <c r="F69" s="6">
+      <c r="F69" s="7">
         <v>42</v>
       </c>
-      <c r="G69" s="6">
+      <c r="G69" s="7">
         <v>64</v>
       </c>
-      <c r="H69" s="6">
+      <c r="H69" s="7">
         <v>18</v>
       </c>
-      <c r="I69" s="6">
+      <c r="I69" s="7">
         <v>59</v>
       </c>
-      <c r="J69" s="6">
+      <c r="J69" s="7">
         <v>25</v>
       </c>
-      <c r="K69" s="6">
+      <c r="K69" s="7">
         <v>55</v>
       </c>
-      <c r="L69" s="6">
+      <c r="L69" s="7">
         <v>28</v>
       </c>
-      <c r="M69" s="6">
+      <c r="M69" s="7">
         <v>53</v>
       </c>
-      <c r="N69" s="6">
+      <c r="N69" s="7">
         <v>14</v>
       </c>
-      <c r="O69" s="6">
+      <c r="O69" s="7">
         <v>55</v>
       </c>
-      <c r="P69" s="6">
+      <c r="P69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C70" s="6">
+      <c r="C70" s="7">
         <v>19</v>
       </c>
-      <c r="D70" s="6">
+      <c r="D70" s="7">
         <v>64</v>
       </c>
-      <c r="E70" s="6">
+      <c r="E70" s="7">
         <v>19</v>
       </c>
-      <c r="F70" s="6">
+      <c r="F70" s="7">
         <v>54</v>
       </c>
-      <c r="G70" s="6">
+      <c r="G70" s="7">
         <v>20</v>
       </c>
-      <c r="H70" s="6">
+      <c r="H70" s="7">
         <v>22</v>
       </c>
-      <c r="I70" s="6">
+      <c r="I70" s="7">
         <v>8</v>
       </c>
-      <c r="J70" s="6">
+      <c r="J70" s="7">
         <v>38</v>
       </c>
-      <c r="K70" s="6">
+      <c r="K70" s="7">
         <v>6</v>
       </c>
-      <c r="L70" s="6">
+      <c r="L70" s="7">
         <v>32</v>
       </c>
-      <c r="M70" s="6">
+      <c r="M70" s="7">
         <v>53</v>
       </c>
-      <c r="N70" s="6">
+      <c r="N70" s="7">
         <v>15</v>
       </c>
-      <c r="O70" s="6">
+      <c r="O70" s="7">
         <v>29</v>
       </c>
-      <c r="P70" s="6">
+      <c r="P70" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C71" s="6">
+      <c r="C71" s="7">
         <v>2</v>
       </c>
-      <c r="D71" s="6">
+      <c r="D71" s="7">
         <v>75</v>
       </c>
-      <c r="E71" s="6">
-[...5 lines deleted...]
-      <c r="G71" s="6">
+      <c r="E71" s="7">
+        <v>0</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" s="7">
         <v>1</v>
       </c>
-      <c r="H71" s="6">
+      <c r="H71" s="7">
         <v>47</v>
       </c>
-      <c r="I71" s="6">
-[...2 lines deleted...]
-      <c r="J71" s="6">
+      <c r="I71" s="7">
+        <v>0</v>
+      </c>
+      <c r="J71" s="7">
         <v>99</v>
       </c>
-      <c r="K71" s="6">
-[...2 lines deleted...]
-      <c r="L71" s="6">
+      <c r="K71" s="7">
+        <v>0</v>
+      </c>
+      <c r="L71" s="7">
         <v>99</v>
       </c>
-      <c r="M71" s="6">
+      <c r="M71" s="7">
         <v>1</v>
       </c>
-      <c r="N71" s="6">
+      <c r="N71" s="7">
         <v>51</v>
       </c>
-      <c r="O71" s="6">
+      <c r="O71" s="7">
         <v>1</v>
       </c>
-      <c r="P71" s="6">
+      <c r="P71" s="7">
         <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C72" s="6">
-[...14 lines deleted...]
-      <c r="H72" s="6">
+      <c r="C72" s="7">
+        <v>0</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E72" s="7">
+        <v>0</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" s="7">
+        <v>0</v>
+      </c>
+      <c r="H72" s="7">
         <v>99</v>
       </c>
-      <c r="I72" s="6">
-[...2 lines deleted...]
-      <c r="J72" s="6">
+      <c r="I72" s="7">
+        <v>0</v>
+      </c>
+      <c r="J72" s="7">
         <v>99</v>
       </c>
-      <c r="K72" s="6">
-[...14 lines deleted...]
-      <c r="P72" s="6">
+      <c r="K72" s="7">
+        <v>0</v>
+      </c>
+      <c r="L72" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M72" s="7">
+        <v>0</v>
+      </c>
+      <c r="N72" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O72" s="7">
+        <v>0</v>
+      </c>
+      <c r="P72" s="7">
         <v>71</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" s="5"/>
       <c r="B73" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C73" s="6">
+      <c r="C73" s="7">
         <v>213</v>
       </c>
-      <c r="D73" s="6">
+      <c r="D73" s="7">
         <v>20</v>
       </c>
-      <c r="E73" s="6">
+      <c r="E73" s="7">
         <v>315</v>
       </c>
-      <c r="F73" s="6">
+      <c r="F73" s="7">
         <v>24</v>
       </c>
-      <c r="G73" s="6">
+      <c r="G73" s="7">
         <v>83</v>
       </c>
-      <c r="H73" s="6">
+      <c r="H73" s="7">
         <v>17</v>
       </c>
-      <c r="I73" s="6">
+      <c r="I73" s="7">
         <v>24</v>
       </c>
-      <c r="J73" s="6">
+      <c r="J73" s="7">
         <v>36</v>
       </c>
-      <c r="K73" s="6">
+      <c r="K73" s="7">
         <v>11</v>
       </c>
-      <c r="L73" s="6">
+      <c r="L73" s="7">
         <v>52</v>
       </c>
-      <c r="M73" s="6">
+      <c r="M73" s="7">
         <v>81</v>
       </c>
-      <c r="N73" s="6">
+      <c r="N73" s="7">
         <v>20</v>
       </c>
-      <c r="O73" s="6">
+      <c r="O73" s="7">
         <v>82</v>
       </c>
-      <c r="P73" s="6">
+      <c r="P73" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C74" s="6">
+      <c r="C74" s="7">
         <v>37</v>
       </c>
-      <c r="D74" s="6">
+      <c r="D74" s="7">
         <v>45</v>
       </c>
-      <c r="E74" s="6">
-[...5 lines deleted...]
-      <c r="G74" s="6">
+      <c r="E74" s="7">
+        <v>0</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" s="7">
         <v>97</v>
       </c>
-      <c r="H74" s="6">
+      <c r="H74" s="7">
         <v>18</v>
       </c>
-      <c r="I74" s="6">
+      <c r="I74" s="7">
         <v>170</v>
       </c>
-      <c r="J74" s="6">
+      <c r="J74" s="7">
         <v>16</v>
       </c>
-      <c r="K74" s="6">
+      <c r="K74" s="7">
         <v>220</v>
       </c>
-      <c r="L74" s="6">
+      <c r="L74" s="7">
         <v>16</v>
       </c>
-      <c r="M74" s="6">
+      <c r="M74" s="7">
         <v>84</v>
       </c>
-      <c r="N74" s="6">
+      <c r="N74" s="7">
         <v>15</v>
       </c>
-      <c r="O74" s="6">
+      <c r="O74" s="7">
         <v>110</v>
       </c>
-      <c r="P74" s="6">
+      <c r="P74" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C75" s="6">
-[...2 lines deleted...]
-      <c r="D75" s="6">
+      <c r="C75" s="7">
+        <v>21</v>
+      </c>
+      <c r="D75" s="7">
         <v>31</v>
       </c>
-      <c r="E75" s="6">
+      <c r="E75" s="7">
         <v>72</v>
       </c>
-      <c r="F75" s="6">
+      <c r="F75" s="7">
         <v>31</v>
       </c>
-      <c r="G75" s="6">
+      <c r="G75" s="7">
         <v>5</v>
       </c>
-      <c r="H75" s="6">
+      <c r="H75" s="7">
         <v>52</v>
       </c>
-      <c r="I75" s="6">
+      <c r="I75" s="7">
         <v>8</v>
       </c>
-      <c r="J75" s="6">
+      <c r="J75" s="7">
         <v>52</v>
       </c>
-      <c r="K75" s="6">
-[...5 lines deleted...]
-      <c r="M75" s="6">
+      <c r="K75" s="7">
+        <v>0</v>
+      </c>
+      <c r="L75" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M75" s="7">
         <v>8</v>
       </c>
-      <c r="N75" s="6">
+      <c r="N75" s="7">
         <v>40</v>
       </c>
-      <c r="O75" s="6">
+      <c r="O75" s="7">
         <v>10</v>
       </c>
-      <c r="P75" s="6">
+      <c r="P75" s="7">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C76" s="6">
+      <c r="C76" s="7">
         <v>6</v>
       </c>
-      <c r="D76" s="6">
+      <c r="D76" s="7">
         <v>49</v>
       </c>
-      <c r="E76" s="6">
+      <c r="E76" s="7">
         <v>3</v>
       </c>
-      <c r="F76" s="6">
+      <c r="F76" s="7">
         <v>95</v>
       </c>
-      <c r="G76" s="6">
+      <c r="G76" s="7">
         <v>50</v>
       </c>
-      <c r="H76" s="6">
+      <c r="H76" s="7">
         <v>13</v>
       </c>
-      <c r="I76" s="6">
+      <c r="I76" s="7">
         <v>60</v>
       </c>
-      <c r="J76" s="6">
+      <c r="J76" s="7">
         <v>16</v>
       </c>
-      <c r="K76" s="6">
+      <c r="K76" s="7">
         <v>72</v>
       </c>
-      <c r="L76" s="6">
+      <c r="L76" s="7">
         <v>19</v>
       </c>
-      <c r="M76" s="6">
+      <c r="M76" s="7">
         <v>22</v>
       </c>
-      <c r="N76" s="6">
+      <c r="N76" s="7">
         <v>19</v>
       </c>
-      <c r="O76" s="6">
+      <c r="O76" s="7">
         <v>38</v>
       </c>
-      <c r="P76" s="6">
+      <c r="P76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C77" s="6">
+      <c r="C77" s="7">
         <v>412</v>
       </c>
-      <c r="D77" s="6">
+      <c r="D77" s="7">
         <v>12</v>
       </c>
-      <c r="E77" s="6">
+      <c r="E77" s="7">
         <v>388</v>
       </c>
-      <c r="F77" s="6">
+      <c r="F77" s="7">
         <v>19</v>
       </c>
-      <c r="G77" s="6">
+      <c r="G77" s="7">
         <v>281</v>
       </c>
-      <c r="H77" s="6">
+      <c r="H77" s="7">
         <v>8</v>
       </c>
-      <c r="I77" s="6">
+      <c r="I77" s="7">
         <v>274</v>
       </c>
-      <c r="J77" s="6">
+      <c r="J77" s="7">
         <v>10</v>
       </c>
-      <c r="K77" s="6">
+      <c r="K77" s="7">
         <v>255</v>
       </c>
-      <c r="L77" s="6">
+      <c r="L77" s="7">
         <v>13</v>
       </c>
-      <c r="M77" s="6">
+      <c r="M77" s="7">
         <v>420</v>
       </c>
-      <c r="N77" s="6">
+      <c r="N77" s="7">
         <v>6</v>
       </c>
-      <c r="O77" s="6">
+      <c r="O77" s="7">
         <v>344</v>
       </c>
-      <c r="P77" s="6">
+      <c r="P77" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C78" s="6" t="s">
-[...38 lines deleted...]
-      <c r="P78" s="6" t="s">
+      <c r="C78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="P78" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C79" s="6">
-[...38 lines deleted...]
-      <c r="P79" s="6" t="s">
+      <c r="C79" s="7">
+        <v>0</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E79" s="7">
+        <v>0</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" s="7">
+        <v>0</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I79" s="7">
+        <v>0</v>
+      </c>
+      <c r="J79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K79" s="7">
+        <v>0</v>
+      </c>
+      <c r="L79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M79" s="7">
+        <v>0</v>
+      </c>
+      <c r="N79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O79" s="7">
+        <v>0</v>
+      </c>
+      <c r="P79" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C80" s="6">
-[...23 lines deleted...]
-      <c r="K80" s="6">
+      <c r="C80" s="7">
+        <v>0</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E80" s="7">
+        <v>0</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" s="7">
+        <v>0</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I80" s="7">
+        <v>0</v>
+      </c>
+      <c r="J80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K80" s="7">
         <v>1</v>
       </c>
-      <c r="L80" s="6">
+      <c r="L80" s="7">
         <v>69</v>
       </c>
-      <c r="M80" s="6">
+      <c r="M80" s="7">
         <v>1</v>
       </c>
-      <c r="N80" s="6">
+      <c r="N80" s="7">
         <v>77</v>
       </c>
-      <c r="O80" s="6">
+      <c r="O80" s="7">
         <v>1</v>
       </c>
-      <c r="P80" s="6">
+      <c r="P80" s="7">
         <v>57</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C81" s="6">
-[...5 lines deleted...]
-      <c r="E81" s="6">
+      <c r="C81" s="7">
+        <v>0</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E81" s="7">
         <v>10</v>
       </c>
-      <c r="F81" s="6">
+      <c r="F81" s="7">
         <v>69</v>
       </c>
-      <c r="G81" s="6">
+      <c r="G81" s="7">
         <v>6</v>
       </c>
-      <c r="H81" s="6">
+      <c r="H81" s="7">
         <v>59</v>
       </c>
-      <c r="I81" s="6">
+      <c r="I81" s="7">
         <v>8</v>
       </c>
-      <c r="J81" s="6">
+      <c r="J81" s="7">
         <v>92</v>
       </c>
-      <c r="K81" s="6">
+      <c r="K81" s="7">
         <v>4</v>
       </c>
-      <c r="L81" s="6">
+      <c r="L81" s="7">
         <v>52</v>
       </c>
-      <c r="M81" s="6">
+      <c r="M81" s="7">
         <v>13</v>
       </c>
-      <c r="N81" s="6">
+      <c r="N81" s="7">
         <v>24</v>
       </c>
-      <c r="O81" s="6">
+      <c r="O81" s="7">
         <v>8</v>
       </c>
-      <c r="P81" s="6">
+      <c r="P81" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C82" s="6">
+      <c r="C82" s="7">
         <v>4</v>
       </c>
-      <c r="D82" s="6">
+      <c r="D82" s="7">
         <v>90</v>
       </c>
-      <c r="E82" s="6">
+      <c r="E82" s="7">
         <v>10</v>
       </c>
-      <c r="F82" s="6">
+      <c r="F82" s="7">
         <v>69</v>
       </c>
-      <c r="G82" s="6">
+      <c r="G82" s="7">
         <v>3</v>
       </c>
-      <c r="H82" s="6">
+      <c r="H82" s="7">
         <v>53</v>
       </c>
-      <c r="I82" s="6">
+      <c r="I82" s="7">
         <v>2</v>
       </c>
-      <c r="J82" s="6">
+      <c r="J82" s="7">
         <v>62</v>
       </c>
-      <c r="K82" s="6">
+      <c r="K82" s="7">
         <v>6</v>
       </c>
-      <c r="L82" s="6">
+      <c r="L82" s="7">
         <v>52</v>
       </c>
-      <c r="M82" s="6">
+      <c r="M82" s="7">
         <v>12</v>
       </c>
-      <c r="N82" s="6">
+      <c r="N82" s="7">
         <v>31</v>
       </c>
-      <c r="O82" s="6">
+      <c r="O82" s="7">
         <v>7</v>
       </c>
-      <c r="P82" s="6">
+      <c r="P82" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C83" s="6">
-[...11 lines deleted...]
-      <c r="G83" s="6">
+      <c r="C83" s="7">
+        <v>0</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E83" s="7">
+        <v>0</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" s="7">
         <v>1</v>
       </c>
-      <c r="H83" s="6">
+      <c r="H83" s="7">
         <v>99</v>
       </c>
-      <c r="I83" s="6">
-[...2 lines deleted...]
-      <c r="J83" s="6">
+      <c r="I83" s="7">
+        <v>0</v>
+      </c>
+      <c r="J83" s="7">
         <v>99</v>
       </c>
-      <c r="K83" s="6">
+      <c r="K83" s="7">
         <v>1</v>
       </c>
-      <c r="L83" s="6">
+      <c r="L83" s="7">
         <v>99</v>
       </c>
-      <c r="M83" s="6">
-[...8 lines deleted...]
-      <c r="P83" s="6">
+      <c r="M83" s="7">
+        <v>0</v>
+      </c>
+      <c r="N83" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O83" s="7">
+        <v>0</v>
+      </c>
+      <c r="P83" s="7">
         <v>64</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C84" s="6">
-[...11 lines deleted...]
-      <c r="G84" s="6">
+      <c r="C84" s="7">
+        <v>0</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E84" s="7">
+        <v>0</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" s="7">
         <v>6</v>
       </c>
-      <c r="H84" s="6">
+      <c r="H84" s="7">
         <v>76</v>
       </c>
-      <c r="I84" s="6">
-[...5 lines deleted...]
-      <c r="K84" s="6">
+      <c r="I84" s="7">
+        <v>0</v>
+      </c>
+      <c r="J84" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K84" s="7">
         <v>1</v>
       </c>
-      <c r="L84" s="6">
+      <c r="L84" s="7">
         <v>99</v>
       </c>
-      <c r="M84" s="6">
+      <c r="M84" s="7">
         <v>17</v>
       </c>
-      <c r="N84" s="6">
+      <c r="N84" s="7">
         <v>33</v>
       </c>
-      <c r="O84" s="6">
+      <c r="O84" s="7">
         <v>7</v>
       </c>
-      <c r="P84" s="6">
+      <c r="P84" s="7">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C85" s="6">
+      <c r="C85" s="7">
         <v>51</v>
       </c>
-      <c r="D85" s="6">
+      <c r="D85" s="7">
         <v>66</v>
       </c>
-      <c r="E85" s="6">
+      <c r="E85" s="7">
         <v>90</v>
       </c>
-      <c r="F85" s="6">
-[...2 lines deleted...]
-      <c r="G85" s="6">
+      <c r="F85" s="7">
+        <v>0</v>
+      </c>
+      <c r="G85" s="7">
         <v>106</v>
       </c>
-      <c r="H85" s="6">
+      <c r="H85" s="7">
         <v>22</v>
       </c>
-      <c r="I85" s="6">
+      <c r="I85" s="7">
         <v>42</v>
       </c>
-      <c r="J85" s="6">
+      <c r="J85" s="7">
         <v>29</v>
       </c>
-      <c r="K85" s="6">
+      <c r="K85" s="7">
         <v>66</v>
       </c>
-      <c r="L85" s="6">
+      <c r="L85" s="7">
         <v>20</v>
       </c>
-      <c r="M85" s="6">
+      <c r="M85" s="7">
         <v>68</v>
       </c>
-      <c r="N85" s="6">
+      <c r="N85" s="7">
         <v>13</v>
       </c>
-      <c r="O85" s="6">
+      <c r="O85" s="7">
         <v>70</v>
       </c>
-      <c r="P85" s="6">
+      <c r="P85" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C86" s="6">
+      <c r="C86" s="7">
         <v>22</v>
       </c>
-      <c r="D86" s="6">
+      <c r="D86" s="7">
         <v>42</v>
       </c>
-      <c r="E86" s="6">
-[...5 lines deleted...]
-      <c r="G86" s="6">
+      <c r="E86" s="7">
+        <v>0</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" s="7">
         <v>37</v>
       </c>
-      <c r="H86" s="6">
+      <c r="H86" s="7">
         <v>35</v>
       </c>
-      <c r="I86" s="6">
+      <c r="I86" s="7">
         <v>47</v>
       </c>
-      <c r="J86" s="6">
+      <c r="J86" s="7">
         <v>22</v>
       </c>
-      <c r="K86" s="6">
+      <c r="K86" s="7">
         <v>32</v>
       </c>
-      <c r="L86" s="6">
+      <c r="L86" s="7">
         <v>28</v>
       </c>
-      <c r="M86" s="6">
+      <c r="M86" s="7">
         <v>42</v>
       </c>
-      <c r="N86" s="6">
+      <c r="N86" s="7">
         <v>22</v>
       </c>
-      <c r="O86" s="6">
+      <c r="O86" s="7">
         <v>39</v>
       </c>
-      <c r="P86" s="6">
+      <c r="P86" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C87" s="6">
-[...38 lines deleted...]
-      <c r="P87" s="6" t="s">
+      <c r="C87" s="7">
+        <v>0</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E87" s="7">
+        <v>0</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" s="7">
+        <v>0</v>
+      </c>
+      <c r="H87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I87" s="7">
+        <v>0</v>
+      </c>
+      <c r="J87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K87" s="7">
+        <v>0</v>
+      </c>
+      <c r="L87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M87" s="7">
+        <v>0</v>
+      </c>
+      <c r="N87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O87" s="7">
+        <v>0</v>
+      </c>
+      <c r="P87" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" s="5"/>
       <c r="B88" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C88" s="6">
-[...11 lines deleted...]
-      <c r="G88" s="6">
+      <c r="C88" s="7">
+        <v>0</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E88" s="7">
+        <v>0</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" s="7">
         <v>3</v>
       </c>
-      <c r="H88" s="6">
+      <c r="H88" s="7">
         <v>46</v>
       </c>
-      <c r="I88" s="6">
+      <c r="I88" s="7">
         <v>11</v>
       </c>
-      <c r="J88" s="6">
+      <c r="J88" s="7">
         <v>53</v>
       </c>
-      <c r="K88" s="6">
+      <c r="K88" s="7">
         <v>11</v>
       </c>
-      <c r="L88" s="6">
+      <c r="L88" s="7">
         <v>40</v>
       </c>
-      <c r="M88" s="6">
-[...2 lines deleted...]
-      <c r="N88" s="6">
+      <c r="M88" s="7">
+        <v>21</v>
+      </c>
+      <c r="N88" s="7">
         <v>24</v>
       </c>
-      <c r="O88" s="6">
+      <c r="O88" s="7">
         <v>13</v>
       </c>
-      <c r="P88" s="6">
+      <c r="P88" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C89" s="6">
-[...11 lines deleted...]
-      <c r="G89" s="6">
+      <c r="C89" s="7">
+        <v>0</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E89" s="7">
+        <v>0</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" s="7">
         <v>4</v>
       </c>
-      <c r="H89" s="6">
+      <c r="H89" s="7">
         <v>54</v>
       </c>
-      <c r="I89" s="6">
+      <c r="I89" s="7">
         <v>9</v>
       </c>
-      <c r="J89" s="6">
+      <c r="J89" s="7">
         <v>50</v>
       </c>
-      <c r="K89" s="6">
+      <c r="K89" s="7">
         <v>5</v>
       </c>
-      <c r="L89" s="6">
+      <c r="L89" s="7">
         <v>54</v>
       </c>
-      <c r="M89" s="6">
+      <c r="M89" s="7">
         <v>5</v>
       </c>
-      <c r="N89" s="6">
+      <c r="N89" s="7">
         <v>41</v>
       </c>
-      <c r="O89" s="6">
+      <c r="O89" s="7">
         <v>6</v>
       </c>
-      <c r="P89" s="6">
+      <c r="P89" s="7">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C90" s="6">
-[...11 lines deleted...]
-      <c r="G90" s="6">
+      <c r="C90" s="7">
+        <v>0</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E90" s="7">
+        <v>0</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" s="7">
         <v>2</v>
       </c>
-      <c r="H90" s="6">
+      <c r="H90" s="7">
         <v>60</v>
       </c>
-      <c r="I90" s="6">
+      <c r="I90" s="7">
         <v>5</v>
       </c>
-      <c r="J90" s="6">
+      <c r="J90" s="7">
         <v>50</v>
       </c>
-      <c r="K90" s="6">
+      <c r="K90" s="7">
         <v>3</v>
       </c>
-      <c r="L90" s="6">
+      <c r="L90" s="7">
         <v>69</v>
       </c>
-      <c r="M90" s="6">
+      <c r="M90" s="7">
         <v>2</v>
       </c>
-      <c r="N90" s="6">
+      <c r="N90" s="7">
         <v>53</v>
       </c>
-      <c r="O90" s="6">
+      <c r="O90" s="7">
         <v>3</v>
       </c>
-      <c r="P90" s="6">
+      <c r="P90" s="7">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C91" s="6">
+      <c r="C91" s="7">
         <v>31</v>
       </c>
-      <c r="D91" s="6">
+      <c r="D91" s="7">
         <v>90</v>
       </c>
-      <c r="E91" s="6">
-[...5 lines deleted...]
-      <c r="G91" s="6">
+      <c r="E91" s="7">
+        <v>0</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" s="7">
         <v>57</v>
       </c>
-      <c r="H91" s="6">
+      <c r="H91" s="7">
         <v>25</v>
       </c>
-      <c r="I91" s="6">
+      <c r="I91" s="7">
         <v>109</v>
       </c>
-      <c r="J91" s="6">
+      <c r="J91" s="7">
         <v>53</v>
       </c>
-      <c r="K91" s="6">
+      <c r="K91" s="7">
         <v>103</v>
       </c>
-      <c r="L91" s="6">
+      <c r="L91" s="7">
         <v>22</v>
       </c>
-      <c r="M91" s="6">
+      <c r="M91" s="7">
         <v>45</v>
       </c>
-      <c r="N91" s="6">
+      <c r="N91" s="7">
         <v>27</v>
       </c>
-      <c r="O91" s="6">
+      <c r="O91" s="7">
         <v>71</v>
       </c>
-      <c r="P91" s="6">
+      <c r="P91" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C92" s="6">
+      <c r="C92" s="7">
         <v>4</v>
       </c>
-      <c r="D92" s="6">
+      <c r="D92" s="7">
         <v>90</v>
       </c>
-      <c r="E92" s="6">
-[...8 lines deleted...]
-      <c r="H92" s="6">
+      <c r="E92" s="7">
+        <v>0</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" s="7">
+        <v>21</v>
+      </c>
+      <c r="H92" s="7">
         <v>37</v>
       </c>
-      <c r="I92" s="6">
-[...2 lines deleted...]
-      <c r="J92" s="6">
+      <c r="I92" s="7">
+        <v>21</v>
+      </c>
+      <c r="J92" s="7">
         <v>60</v>
       </c>
-      <c r="K92" s="6">
+      <c r="K92" s="7">
         <v>11</v>
       </c>
-      <c r="L92" s="6">
+      <c r="L92" s="7">
         <v>42</v>
       </c>
-      <c r="M92" s="6">
+      <c r="M92" s="7">
         <v>36</v>
       </c>
-      <c r="N92" s="6">
+      <c r="N92" s="7">
         <v>20</v>
       </c>
-      <c r="O92" s="6">
+      <c r="O92" s="7">
         <v>24</v>
       </c>
-      <c r="P92" s="6">
+      <c r="P92" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C93" s="6">
+      <c r="C93" s="7">
         <v>4</v>
       </c>
-      <c r="D93" s="6">
+      <c r="D93" s="7">
         <v>90</v>
       </c>
-      <c r="E93" s="6">
-[...11 lines deleted...]
-      <c r="I93" s="6">
+      <c r="E93" s="7">
+        <v>0</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" s="7">
+        <v>0</v>
+      </c>
+      <c r="H93" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I93" s="7">
         <v>1</v>
       </c>
-      <c r="J93" s="6">
+      <c r="J93" s="7">
         <v>99</v>
       </c>
-      <c r="K93" s="6">
+      <c r="K93" s="7">
         <v>1</v>
       </c>
-      <c r="L93" s="6">
+      <c r="L93" s="7">
         <v>99</v>
       </c>
-      <c r="M93" s="6">
+      <c r="M93" s="7">
         <v>1</v>
       </c>
-      <c r="N93" s="6">
+      <c r="N93" s="7">
         <v>70</v>
       </c>
-      <c r="O93" s="6">
+      <c r="O93" s="7">
         <v>1</v>
       </c>
-      <c r="P93" s="6">
+      <c r="P93" s="7">
         <v>48</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C94" s="6">
-[...38 lines deleted...]
-      <c r="P94" s="6" t="s">
+      <c r="C94" s="7">
+        <v>0</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E94" s="7">
+        <v>0</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" s="7">
+        <v>0</v>
+      </c>
+      <c r="H94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94" s="7">
+        <v>0</v>
+      </c>
+      <c r="J94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K94" s="7">
+        <v>0</v>
+      </c>
+      <c r="L94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M94" s="7">
+        <v>0</v>
+      </c>
+      <c r="N94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O94" s="7">
+        <v>0</v>
+      </c>
+      <c r="P94" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C95" s="6">
+      <c r="C95" s="7">
         <v>160</v>
       </c>
-      <c r="D95" s="6">
+      <c r="D95" s="7">
         <v>41</v>
       </c>
-      <c r="E95" s="6">
+      <c r="E95" s="7">
         <v>81</v>
       </c>
-      <c r="F95" s="6">
+      <c r="F95" s="7">
         <v>52</v>
       </c>
-      <c r="G95" s="6">
+      <c r="G95" s="7">
         <v>59</v>
       </c>
-      <c r="H95" s="6">
+      <c r="H95" s="7">
         <v>26</v>
       </c>
-      <c r="I95" s="6">
+      <c r="I95" s="7">
         <v>41</v>
       </c>
-      <c r="J95" s="6">
+      <c r="J95" s="7">
         <v>37</v>
       </c>
-      <c r="K95" s="6">
+      <c r="K95" s="7">
         <v>32</v>
       </c>
-      <c r="L95" s="6">
+      <c r="L95" s="7">
         <v>40</v>
       </c>
-      <c r="M95" s="6">
+      <c r="M95" s="7">
         <v>42</v>
       </c>
-      <c r="N95" s="6">
+      <c r="N95" s="7">
         <v>30</v>
       </c>
-      <c r="O95" s="6">
+      <c r="O95" s="7">
         <v>47</v>
       </c>
-      <c r="P95" s="6">
+      <c r="P95" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C96" s="6">
+      <c r="C96" s="7">
         <v>17</v>
       </c>
-      <c r="D96" s="6">
+      <c r="D96" s="7">
         <v>90</v>
       </c>
-      <c r="E96" s="6">
-[...5 lines deleted...]
-      <c r="G96" s="6">
+      <c r="E96" s="7">
+        <v>0</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" s="7">
         <v>189</v>
       </c>
-      <c r="H96" s="6">
+      <c r="H96" s="7">
         <v>31</v>
       </c>
-      <c r="I96" s="6">
+      <c r="I96" s="7">
         <v>221</v>
       </c>
-      <c r="J96" s="6">
+      <c r="J96" s="7">
         <v>25</v>
       </c>
-      <c r="K96" s="6">
+      <c r="K96" s="7">
         <v>249</v>
       </c>
-      <c r="L96" s="6">
+      <c r="L96" s="7">
         <v>19</v>
       </c>
-      <c r="M96" s="6">
+      <c r="M96" s="7">
         <v>124</v>
       </c>
-      <c r="N96" s="6">
+      <c r="N96" s="7">
         <v>19</v>
       </c>
-      <c r="O96" s="6">
+      <c r="O96" s="7">
         <v>177</v>
       </c>
-      <c r="P96" s="6">
+      <c r="P96" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C97" s="6">
-[...17 lines deleted...]
-      <c r="I97" s="6">
+      <c r="C97" s="7">
+        <v>0</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E97" s="7">
+        <v>0</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" s="7">
+        <v>0</v>
+      </c>
+      <c r="H97" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I97" s="7">
         <v>5</v>
       </c>
-      <c r="J97" s="6">
+      <c r="J97" s="7">
         <v>69</v>
       </c>
-      <c r="K97" s="6">
-[...5 lines deleted...]
-      <c r="M97" s="6">
+      <c r="K97" s="7">
+        <v>0</v>
+      </c>
+      <c r="L97" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M97" s="7">
         <v>3</v>
       </c>
-      <c r="N97" s="6">
+      <c r="N97" s="7">
         <v>64</v>
       </c>
-      <c r="O97" s="6">
+      <c r="O97" s="7">
         <v>2</v>
       </c>
-      <c r="P97" s="6">
+      <c r="P97" s="7">
         <v>47</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C98" s="6">
+      <c r="C98" s="7">
         <v>23</v>
       </c>
-      <c r="D98" s="6">
+      <c r="D98" s="7">
         <v>90</v>
       </c>
-      <c r="E98" s="6">
-[...5 lines deleted...]
-      <c r="G98" s="6">
+      <c r="E98" s="7">
+        <v>0</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" s="7">
         <v>42</v>
       </c>
-      <c r="H98" s="6">
+      <c r="H98" s="7">
         <v>26</v>
       </c>
-      <c r="I98" s="6">
+      <c r="I98" s="7">
         <v>77</v>
       </c>
-      <c r="J98" s="6">
+      <c r="J98" s="7">
         <v>22</v>
       </c>
-      <c r="K98" s="6">
+      <c r="K98" s="7">
         <v>61</v>
       </c>
-      <c r="L98" s="6">
+      <c r="L98" s="7">
         <v>27</v>
       </c>
-      <c r="M98" s="6">
+      <c r="M98" s="7">
         <v>25</v>
       </c>
-      <c r="N98" s="6">
+      <c r="N98" s="7">
         <v>31</v>
       </c>
-      <c r="O98" s="6">
+      <c r="O98" s="7">
         <v>46</v>
       </c>
-      <c r="P98" s="6">
+      <c r="P98" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C99" s="6">
+      <c r="C99" s="7">
         <v>214</v>
       </c>
-      <c r="D99" s="6">
+      <c r="D99" s="7">
         <v>30</v>
       </c>
-      <c r="E99" s="6">
+      <c r="E99" s="7">
         <v>140</v>
       </c>
-      <c r="F99" s="6">
-[...2 lines deleted...]
-      <c r="G99" s="6">
+      <c r="F99" s="7">
+        <v>0</v>
+      </c>
+      <c r="G99" s="7">
         <v>328</v>
       </c>
-      <c r="H99" s="6">
+      <c r="H99" s="7">
         <v>17</v>
       </c>
-      <c r="I99" s="6">
+      <c r="I99" s="7">
         <v>324</v>
       </c>
-      <c r="J99" s="6">
+      <c r="J99" s="7">
         <v>16</v>
       </c>
-      <c r="K99" s="6">
+      <c r="K99" s="7">
         <v>331</v>
       </c>
-      <c r="L99" s="6">
+      <c r="L99" s="7">
         <v>14</v>
       </c>
-      <c r="M99" s="6">
+      <c r="M99" s="7">
         <v>360</v>
       </c>
-      <c r="N99" s="6">
+      <c r="N99" s="7">
         <v>10</v>
       </c>
-      <c r="O99" s="6">
+      <c r="O99" s="7">
         <v>335</v>
       </c>
-      <c r="P99" s="6">
+      <c r="P99" s="7">
         <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C100" s="6" t="s">
-[...38 lines deleted...]
-      <c r="P100" s="6" t="s">
+      <c r="C100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="P100" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C101" s="6">
-[...38 lines deleted...]
-      <c r="P101" s="6" t="s">
+      <c r="C101" s="7">
+        <v>0</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E101" s="7">
+        <v>0</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" s="7">
+        <v>0</v>
+      </c>
+      <c r="H101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="7">
+        <v>0</v>
+      </c>
+      <c r="J101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K101" s="7">
+        <v>0</v>
+      </c>
+      <c r="L101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M101" s="7">
+        <v>0</v>
+      </c>
+      <c r="N101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O101" s="7">
+        <v>0</v>
+      </c>
+      <c r="P101" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C102" s="6">
-[...2 lines deleted...]
-      <c r="D102" s="6">
+      <c r="C102" s="7">
+        <v>0</v>
+      </c>
+      <c r="D102" s="7">
         <v>55</v>
       </c>
-      <c r="E102" s="6">
+      <c r="E102" s="7">
         <v>1</v>
       </c>
-      <c r="F102" s="6">
+      <c r="F102" s="7">
         <v>26</v>
       </c>
-      <c r="G102" s="6">
-[...2 lines deleted...]
-      <c r="H102" s="6">
+      <c r="G102" s="7">
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
         <v>30</v>
       </c>
-      <c r="I102" s="6">
+      <c r="I102" s="7">
         <v>1</v>
       </c>
-      <c r="J102" s="6">
+      <c r="J102" s="7">
         <v>44</v>
       </c>
-      <c r="K102" s="6">
-[...2 lines deleted...]
-      <c r="L102" s="6">
+      <c r="K102" s="7">
+        <v>0</v>
+      </c>
+      <c r="L102" s="7">
         <v>41</v>
       </c>
-      <c r="M102" s="6">
+      <c r="M102" s="7">
         <v>1</v>
       </c>
-      <c r="N102" s="6">
+      <c r="N102" s="7">
         <v>37</v>
       </c>
-      <c r="O102" s="6">
+      <c r="O102" s="7">
         <v>1</v>
       </c>
-      <c r="P102" s="6">
+      <c r="P102" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" s="5"/>
       <c r="B103" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C103" s="6">
+      <c r="C103" s="7">
         <v>4</v>
       </c>
-      <c r="D103" s="6">
+      <c r="D103" s="7">
         <v>18</v>
       </c>
-      <c r="E103" s="6">
+      <c r="E103" s="7">
         <v>3</v>
       </c>
-      <c r="F103" s="6">
+      <c r="F103" s="7">
         <v>23</v>
       </c>
-      <c r="G103" s="6">
+      <c r="G103" s="7">
         <v>4</v>
       </c>
-      <c r="H103" s="6">
+      <c r="H103" s="7">
         <v>13</v>
       </c>
-      <c r="I103" s="6">
+      <c r="I103" s="7">
         <v>4</v>
       </c>
-      <c r="J103" s="6">
+      <c r="J103" s="7">
         <v>33</v>
       </c>
-      <c r="K103" s="6">
+      <c r="K103" s="7">
         <v>3</v>
       </c>
-      <c r="L103" s="6">
+      <c r="L103" s="7">
         <v>24</v>
       </c>
-      <c r="M103" s="6">
+      <c r="M103" s="7">
         <v>12</v>
       </c>
-      <c r="N103" s="6">
+      <c r="N103" s="7">
         <v>15</v>
       </c>
-      <c r="O103" s="6">
+      <c r="O103" s="7">
         <v>5</v>
       </c>
-      <c r="P103" s="6">
+      <c r="P103" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C104" s="6">
+      <c r="C104" s="7">
         <v>5</v>
       </c>
-      <c r="D104" s="6">
+      <c r="D104" s="7">
         <v>16</v>
       </c>
-      <c r="E104" s="6">
+      <c r="E104" s="7">
         <v>3</v>
       </c>
-      <c r="F104" s="6">
+      <c r="F104" s="7">
         <v>17</v>
       </c>
-      <c r="G104" s="6">
+      <c r="G104" s="7">
         <v>4</v>
       </c>
-      <c r="H104" s="6">
+      <c r="H104" s="7">
         <v>12</v>
       </c>
-      <c r="I104" s="6">
+      <c r="I104" s="7">
         <v>5</v>
       </c>
-      <c r="J104" s="6">
+      <c r="J104" s="7">
         <v>25</v>
       </c>
-      <c r="K104" s="6">
+      <c r="K104" s="7">
         <v>3</v>
       </c>
-      <c r="L104" s="6">
+      <c r="L104" s="7">
         <v>26</v>
       </c>
-      <c r="M104" s="6">
+      <c r="M104" s="7">
         <v>13</v>
       </c>
-      <c r="N104" s="6">
+      <c r="N104" s="7">
         <v>14</v>
       </c>
-      <c r="O104" s="6">
+      <c r="O104" s="7">
         <v>5</v>
       </c>
-      <c r="P104" s="6">
+      <c r="P104" s="7">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C105" s="6">
-[...2 lines deleted...]
-      <c r="D105" s="6">
+      <c r="C105" s="7">
+        <v>0</v>
+      </c>
+      <c r="D105" s="7">
         <v>42</v>
       </c>
-      <c r="E105" s="6">
-[...2 lines deleted...]
-      <c r="F105" s="6">
+      <c r="E105" s="7">
+        <v>0</v>
+      </c>
+      <c r="F105" s="7">
         <v>42</v>
       </c>
-      <c r="G105" s="6">
+      <c r="G105" s="7">
         <v>1</v>
       </c>
-      <c r="H105" s="6">
+      <c r="H105" s="7">
         <v>29</v>
       </c>
-      <c r="I105" s="6">
+      <c r="I105" s="7">
         <v>1</v>
       </c>
-      <c r="J105" s="6">
+      <c r="J105" s="7">
         <v>33</v>
       </c>
-      <c r="K105" s="6">
+      <c r="K105" s="7">
         <v>1</v>
       </c>
-      <c r="L105" s="6">
+      <c r="L105" s="7">
         <v>30</v>
       </c>
-      <c r="M105" s="6">
-[...2 lines deleted...]
-      <c r="N105" s="6">
+      <c r="M105" s="7">
+        <v>0</v>
+      </c>
+      <c r="N105" s="7">
         <v>42</v>
       </c>
-      <c r="O105" s="6">
+      <c r="O105" s="7">
         <v>1</v>
       </c>
-      <c r="P105" s="6">
+      <c r="P105" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C106" s="6">
+      <c r="C106" s="7">
         <v>3</v>
       </c>
-      <c r="D106" s="6">
+      <c r="D106" s="7">
         <v>20</v>
       </c>
-      <c r="E106" s="6">
+      <c r="E106" s="7">
         <v>2</v>
       </c>
-      <c r="F106" s="6">
+      <c r="F106" s="7">
         <v>22</v>
       </c>
-      <c r="G106" s="6">
+      <c r="G106" s="7">
         <v>2</v>
       </c>
-      <c r="H106" s="6">
+      <c r="H106" s="7">
         <v>20</v>
       </c>
-      <c r="I106" s="6">
+      <c r="I106" s="7">
         <v>1</v>
       </c>
-      <c r="J106" s="6">
+      <c r="J106" s="7">
         <v>57</v>
       </c>
-      <c r="K106" s="6">
+      <c r="K106" s="7">
         <v>2</v>
       </c>
-      <c r="L106" s="6">
+      <c r="L106" s="7">
         <v>36</v>
       </c>
-      <c r="M106" s="6">
+      <c r="M106" s="7">
         <v>12</v>
       </c>
-      <c r="N106" s="6">
+      <c r="N106" s="7">
         <v>16</v>
       </c>
-      <c r="O106" s="6">
+      <c r="O106" s="7">
         <v>3</v>
       </c>
-      <c r="P106" s="6">
+      <c r="P106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C107" s="6">
+      <c r="C107" s="7">
         <v>47</v>
       </c>
-      <c r="D107" s="6">
+      <c r="D107" s="7">
         <v>6</v>
       </c>
-      <c r="E107" s="6">
+      <c r="E107" s="7">
         <v>30</v>
       </c>
-      <c r="F107" s="6">
+      <c r="F107" s="7">
         <v>5</v>
       </c>
-      <c r="G107" s="6">
+      <c r="G107" s="7">
         <v>78</v>
       </c>
-      <c r="H107" s="6">
+      <c r="H107" s="7">
         <v>4</v>
       </c>
-      <c r="I107" s="6">
+      <c r="I107" s="7">
         <v>42</v>
       </c>
-      <c r="J107" s="6">
+      <c r="J107" s="7">
         <v>11</v>
       </c>
-      <c r="K107" s="6">
+      <c r="K107" s="7">
         <v>53</v>
       </c>
-      <c r="L107" s="6">
+      <c r="L107" s="7">
         <v>7</v>
       </c>
-      <c r="M107" s="6">
+      <c r="M107" s="7">
         <v>63</v>
       </c>
-      <c r="N107" s="6">
+      <c r="N107" s="7">
         <v>7</v>
       </c>
-      <c r="O107" s="6">
+      <c r="O107" s="7">
         <v>53</v>
       </c>
-      <c r="P107" s="6">
+      <c r="P107" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C108" s="6">
-[...2 lines deleted...]
-      <c r="D108" s="6">
+      <c r="C108" s="7">
+        <v>21</v>
+      </c>
+      <c r="D108" s="7">
         <v>7</v>
       </c>
-      <c r="E108" s="6">
+      <c r="E108" s="7">
         <v>18</v>
       </c>
-      <c r="F108" s="6">
+      <c r="F108" s="7">
         <v>6</v>
       </c>
-      <c r="G108" s="6">
+      <c r="G108" s="7">
         <v>27</v>
       </c>
-      <c r="H108" s="6">
+      <c r="H108" s="7">
         <v>6</v>
       </c>
-      <c r="I108" s="6">
+      <c r="I108" s="7">
         <v>29</v>
       </c>
-      <c r="J108" s="6">
+      <c r="J108" s="7">
         <v>10</v>
       </c>
-      <c r="K108" s="6">
+      <c r="K108" s="7">
         <v>26</v>
       </c>
-      <c r="L108" s="6">
+      <c r="L108" s="7">
         <v>10</v>
       </c>
-      <c r="M108" s="6">
+      <c r="M108" s="7">
         <v>44</v>
       </c>
-      <c r="N108" s="6">
+      <c r="N108" s="7">
         <v>9</v>
       </c>
-      <c r="O108" s="6">
+      <c r="O108" s="7">
         <v>26</v>
       </c>
-      <c r="P108" s="6">
+      <c r="P108" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C109" s="6">
-[...29 lines deleted...]
-      <c r="M109" s="6">
+      <c r="C109" s="7">
+        <v>0</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E109" s="7">
+        <v>0</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" s="7">
+        <v>0</v>
+      </c>
+      <c r="H109" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" s="7">
+        <v>0</v>
+      </c>
+      <c r="J109" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K109" s="7">
+        <v>0</v>
+      </c>
+      <c r="L109" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M109" s="7">
         <v>2</v>
       </c>
-      <c r="N109" s="6">
+      <c r="N109" s="7">
         <v>69</v>
       </c>
-      <c r="O109" s="6">
-[...2 lines deleted...]
-      <c r="P109" s="6">
+      <c r="O109" s="7">
+        <v>0</v>
+      </c>
+      <c r="P109" s="7">
         <v>69</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C110" s="6">
+      <c r="C110" s="7">
         <v>6</v>
       </c>
-      <c r="D110" s="6">
+      <c r="D110" s="7">
         <v>15</v>
       </c>
-      <c r="E110" s="6">
+      <c r="E110" s="7">
         <v>2</v>
       </c>
-      <c r="F110" s="6">
+      <c r="F110" s="7">
         <v>17</v>
       </c>
-      <c r="G110" s="6">
+      <c r="G110" s="7">
         <v>6</v>
       </c>
-      <c r="H110" s="6">
+      <c r="H110" s="7">
         <v>13</v>
       </c>
-      <c r="I110" s="6">
+      <c r="I110" s="7">
         <v>14</v>
       </c>
-      <c r="J110" s="6">
+      <c r="J110" s="7">
         <v>23</v>
       </c>
-      <c r="K110" s="6">
+      <c r="K110" s="7">
         <v>9</v>
       </c>
-      <c r="L110" s="6">
+      <c r="L110" s="7">
         <v>20</v>
       </c>
-      <c r="M110" s="6">
+      <c r="M110" s="7">
         <v>18</v>
       </c>
-      <c r="N110" s="6">
+      <c r="N110" s="7">
         <v>14</v>
       </c>
-      <c r="O110" s="6">
+      <c r="O110" s="7">
         <v>7</v>
       </c>
-      <c r="P110" s="6">
+      <c r="P110" s="7">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C111" s="6">
+      <c r="C111" s="7">
         <v>3</v>
       </c>
-      <c r="D111" s="6">
+      <c r="D111" s="7">
         <v>20</v>
       </c>
-      <c r="E111" s="6">
+      <c r="E111" s="7">
         <v>2</v>
       </c>
-      <c r="F111" s="6">
+      <c r="F111" s="7">
         <v>18</v>
       </c>
-      <c r="G111" s="6">
+      <c r="G111" s="7">
         <v>3</v>
       </c>
-      <c r="H111" s="6">
+      <c r="H111" s="7">
         <v>16</v>
       </c>
-      <c r="I111" s="6">
+      <c r="I111" s="7">
         <v>4</v>
       </c>
-      <c r="J111" s="6">
+      <c r="J111" s="7">
         <v>28</v>
       </c>
-      <c r="K111" s="6">
+      <c r="K111" s="7">
         <v>4</v>
       </c>
-      <c r="L111" s="6">
-[...2 lines deleted...]
-      <c r="M111" s="6">
+      <c r="L111" s="7">
+        <v>21</v>
+      </c>
+      <c r="M111" s="7">
         <v>7</v>
       </c>
-      <c r="N111" s="6">
+      <c r="N111" s="7">
         <v>15</v>
       </c>
-      <c r="O111" s="6">
+      <c r="O111" s="7">
         <v>3</v>
       </c>
-      <c r="P111" s="6">
+      <c r="P111" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C112" s="6">
-[...2 lines deleted...]
-      <c r="D112" s="6">
+      <c r="C112" s="7">
+        <v>0</v>
+      </c>
+      <c r="D112" s="7">
         <v>46</v>
       </c>
-      <c r="E112" s="6">
-[...2 lines deleted...]
-      <c r="F112" s="6">
+      <c r="E112" s="7">
+        <v>0</v>
+      </c>
+      <c r="F112" s="7">
         <v>49</v>
       </c>
-      <c r="G112" s="6">
+      <c r="G112" s="7">
         <v>1</v>
       </c>
-      <c r="H112" s="6">
+      <c r="H112" s="7">
         <v>26</v>
       </c>
-      <c r="I112" s="6">
+      <c r="I112" s="7">
         <v>2</v>
       </c>
-      <c r="J112" s="6">
+      <c r="J112" s="7">
         <v>34</v>
       </c>
-      <c r="K112" s="6">
+      <c r="K112" s="7">
         <v>1</v>
       </c>
-      <c r="L112" s="6">
+      <c r="L112" s="7">
         <v>37</v>
       </c>
-      <c r="M112" s="6">
+      <c r="M112" s="7">
         <v>4</v>
       </c>
-      <c r="N112" s="6">
+      <c r="N112" s="7">
         <v>19</v>
       </c>
-      <c r="O112" s="6">
+      <c r="O112" s="7">
         <v>1</v>
       </c>
-      <c r="P112" s="6">
+      <c r="P112" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C113" s="6">
+      <c r="C113" s="7">
         <v>35</v>
       </c>
-      <c r="D113" s="6">
+      <c r="D113" s="7">
         <v>12</v>
       </c>
-      <c r="E113" s="6">
+      <c r="E113" s="7">
         <v>58</v>
       </c>
-      <c r="F113" s="6">
+      <c r="F113" s="7">
         <v>10</v>
       </c>
-      <c r="G113" s="6">
+      <c r="G113" s="7">
         <v>54</v>
       </c>
-      <c r="H113" s="6">
+      <c r="H113" s="7">
         <v>8</v>
       </c>
-      <c r="I113" s="6">
+      <c r="I113" s="7">
         <v>59</v>
       </c>
-      <c r="J113" s="6">
+      <c r="J113" s="7">
         <v>19</v>
       </c>
-      <c r="K113" s="6">
+      <c r="K113" s="7">
         <v>54</v>
       </c>
-      <c r="L113" s="6">
+      <c r="L113" s="7">
         <v>12</v>
       </c>
-      <c r="M113" s="6">
+      <c r="M113" s="7">
         <v>49</v>
       </c>
-      <c r="N113" s="6">
+      <c r="N113" s="7">
         <v>10</v>
       </c>
-      <c r="O113" s="6">
+      <c r="O113" s="7">
         <v>51</v>
       </c>
-      <c r="P113" s="6">
+      <c r="P113" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C114" s="6">
+      <c r="C114" s="7">
         <v>9</v>
       </c>
-      <c r="D114" s="6">
+      <c r="D114" s="7">
         <v>17</v>
       </c>
-      <c r="E114" s="6">
+      <c r="E114" s="7">
         <v>4</v>
       </c>
-      <c r="F114" s="6">
+      <c r="F114" s="7">
         <v>14</v>
       </c>
-      <c r="G114" s="6">
+      <c r="G114" s="7">
         <v>13</v>
       </c>
-      <c r="H114" s="6">
+      <c r="H114" s="7">
         <v>9</v>
       </c>
-      <c r="I114" s="6">
+      <c r="I114" s="7">
         <v>10</v>
       </c>
-      <c r="J114" s="6">
+      <c r="J114" s="7">
         <v>23</v>
       </c>
-      <c r="K114" s="6">
+      <c r="K114" s="7">
         <v>9</v>
       </c>
-      <c r="L114" s="6">
+      <c r="L114" s="7">
         <v>18</v>
       </c>
-      <c r="M114" s="6">
+      <c r="M114" s="7">
         <v>43</v>
       </c>
-      <c r="N114" s="6">
+      <c r="N114" s="7">
         <v>11</v>
       </c>
-      <c r="O114" s="6">
+      <c r="O114" s="7">
         <v>13</v>
       </c>
-      <c r="P114" s="6">
+      <c r="P114" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C115" s="6">
-[...2 lines deleted...]
-      <c r="D115" s="6">
+      <c r="C115" s="7">
+        <v>0</v>
+      </c>
+      <c r="D115" s="7">
         <v>41</v>
       </c>
-      <c r="E115" s="6">
-[...2 lines deleted...]
-      <c r="F115" s="6">
+      <c r="E115" s="7">
+        <v>0</v>
+      </c>
+      <c r="F115" s="7">
         <v>30</v>
       </c>
-      <c r="G115" s="6">
+      <c r="G115" s="7">
         <v>1</v>
       </c>
-      <c r="H115" s="6">
+      <c r="H115" s="7">
         <v>30</v>
       </c>
-      <c r="I115" s="6">
-[...2 lines deleted...]
-      <c r="J115" s="6">
+      <c r="I115" s="7">
+        <v>0</v>
+      </c>
+      <c r="J115" s="7">
         <v>54</v>
       </c>
-      <c r="K115" s="6">
+      <c r="K115" s="7">
         <v>1</v>
       </c>
-      <c r="L115" s="6">
+      <c r="L115" s="7">
         <v>54</v>
       </c>
-      <c r="M115" s="6">
+      <c r="M115" s="7">
         <v>1</v>
       </c>
-      <c r="N115" s="6">
+      <c r="N115" s="7">
         <v>37</v>
       </c>
-      <c r="O115" s="6">
+      <c r="O115" s="7">
         <v>1</v>
       </c>
-      <c r="P115" s="6">
+      <c r="P115" s="7">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C116" s="6">
-[...2 lines deleted...]
-      <c r="D116" s="6">
+      <c r="C116" s="7">
+        <v>0</v>
+      </c>
+      <c r="D116" s="7">
         <v>46</v>
       </c>
-      <c r="E116" s="6">
-[...2 lines deleted...]
-      <c r="F116" s="6">
+      <c r="E116" s="7">
+        <v>0</v>
+      </c>
+      <c r="F116" s="7">
         <v>58</v>
       </c>
-      <c r="G116" s="6">
-[...2 lines deleted...]
-      <c r="H116" s="6">
+      <c r="G116" s="7">
+        <v>0</v>
+      </c>
+      <c r="H116" s="7">
         <v>74</v>
       </c>
-      <c r="I116" s="6">
-[...2 lines deleted...]
-      <c r="J116" s="6">
+      <c r="I116" s="7">
+        <v>0</v>
+      </c>
+      <c r="J116" s="7">
         <v>100</v>
       </c>
-      <c r="K116" s="6">
-[...2 lines deleted...]
-      <c r="L116" s="6">
+      <c r="K116" s="7">
+        <v>0</v>
+      </c>
+      <c r="L116" s="7">
         <v>100</v>
       </c>
-      <c r="M116" s="6">
-[...8 lines deleted...]
-      <c r="P116" s="6">
+      <c r="M116" s="7">
+        <v>0</v>
+      </c>
+      <c r="N116" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O116" s="7">
+        <v>0</v>
+      </c>
+      <c r="P116" s="7">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C117" s="6">
+      <c r="C117" s="7">
         <v>93</v>
       </c>
-      <c r="D117" s="6">
+      <c r="D117" s="7">
         <v>6</v>
       </c>
-      <c r="E117" s="6">
+      <c r="E117" s="7">
         <v>90</v>
       </c>
-      <c r="F117" s="6">
+      <c r="F117" s="7">
         <v>5</v>
       </c>
-      <c r="G117" s="6">
+      <c r="G117" s="7">
         <v>79</v>
       </c>
-      <c r="H117" s="6">
+      <c r="H117" s="7">
         <v>6</v>
       </c>
-      <c r="I117" s="6">
+      <c r="I117" s="7">
         <v>27</v>
       </c>
-      <c r="J117" s="6">
+      <c r="J117" s="7">
         <v>18</v>
       </c>
-      <c r="K117" s="6">
+      <c r="K117" s="7">
         <v>18</v>
       </c>
-      <c r="L117" s="6">
+      <c r="L117" s="7">
         <v>20</v>
       </c>
-      <c r="M117" s="6">
+      <c r="M117" s="7">
         <v>59</v>
       </c>
-      <c r="N117" s="6">
+      <c r="N117" s="7">
         <v>14</v>
       </c>
-      <c r="O117" s="6">
+      <c r="O117" s="7">
         <v>70</v>
       </c>
-      <c r="P117" s="6">
+      <c r="P117" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" s="5"/>
       <c r="B118" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C118" s="6">
+      <c r="C118" s="7">
         <v>53</v>
       </c>
-      <c r="D118" s="6">
+      <c r="D118" s="7">
         <v>9</v>
       </c>
-      <c r="E118" s="6">
+      <c r="E118" s="7">
         <v>2</v>
       </c>
-      <c r="F118" s="6">
+      <c r="F118" s="7">
         <v>24</v>
       </c>
-      <c r="G118" s="6">
+      <c r="G118" s="7">
         <v>61</v>
       </c>
-      <c r="H118" s="6">
+      <c r="H118" s="7">
         <v>9</v>
       </c>
-      <c r="I118" s="6">
+      <c r="I118" s="7">
         <v>166</v>
       </c>
-      <c r="J118" s="6">
+      <c r="J118" s="7">
         <v>9</v>
       </c>
-      <c r="K118" s="6">
+      <c r="K118" s="7">
         <v>154</v>
       </c>
-      <c r="L118" s="6">
+      <c r="L118" s="7">
         <v>8</v>
       </c>
-      <c r="M118" s="6">
+      <c r="M118" s="7">
         <v>89</v>
       </c>
-      <c r="N118" s="6">
+      <c r="N118" s="7">
         <v>10</v>
       </c>
-      <c r="O118" s="6">
+      <c r="O118" s="7">
         <v>68</v>
       </c>
-      <c r="P118" s="6">
+      <c r="P118" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" s="5"/>
       <c r="B119" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C119" s="6">
+      <c r="C119" s="7">
         <v>14</v>
       </c>
-      <c r="D119" s="6">
+      <c r="D119" s="7">
         <v>16</v>
       </c>
-      <c r="E119" s="6">
+      <c r="E119" s="7">
         <v>26</v>
       </c>
-      <c r="F119" s="6">
+      <c r="F119" s="7">
         <v>9</v>
       </c>
-      <c r="G119" s="6">
+      <c r="G119" s="7">
         <v>6</v>
       </c>
-      <c r="H119" s="6">
+      <c r="H119" s="7">
         <v>19</v>
       </c>
-      <c r="I119" s="6">
+      <c r="I119" s="7">
         <v>3</v>
       </c>
-      <c r="J119" s="6">
+      <c r="J119" s="7">
         <v>40</v>
       </c>
-      <c r="K119" s="6">
-[...2 lines deleted...]
-      <c r="L119" s="6">
+      <c r="K119" s="7">
+        <v>0</v>
+      </c>
+      <c r="L119" s="7">
         <v>100</v>
       </c>
-      <c r="M119" s="6">
+      <c r="M119" s="7">
         <v>7</v>
       </c>
-      <c r="N119" s="6">
+      <c r="N119" s="7">
         <v>26</v>
       </c>
-      <c r="O119" s="6">
+      <c r="O119" s="7">
         <v>11</v>
       </c>
-      <c r="P119" s="6">
+      <c r="P119" s="7">
         <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" s="5"/>
       <c r="B120" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C120" s="6">
+      <c r="C120" s="7">
         <v>15</v>
       </c>
-      <c r="D120" s="6">
+      <c r="D120" s="7">
         <v>10</v>
       </c>
-      <c r="E120" s="6">
+      <c r="E120" s="7">
         <v>18</v>
       </c>
-      <c r="F120" s="6">
+      <c r="F120" s="7">
         <v>9</v>
       </c>
-      <c r="G120" s="6">
+      <c r="G120" s="7">
         <v>39</v>
       </c>
-      <c r="H120" s="6">
+      <c r="H120" s="7">
         <v>6</v>
       </c>
-      <c r="I120" s="6">
+      <c r="I120" s="7">
         <v>60</v>
       </c>
-      <c r="J120" s="6">
+      <c r="J120" s="7">
         <v>10</v>
       </c>
-      <c r="K120" s="6">
+      <c r="K120" s="7">
         <v>68</v>
       </c>
-      <c r="L120" s="6">
+      <c r="L120" s="7">
         <v>8</v>
       </c>
-      <c r="M120" s="6">
+      <c r="M120" s="7">
         <v>24</v>
       </c>
-      <c r="N120" s="6">
+      <c r="N120" s="7">
         <v>12</v>
       </c>
-      <c r="O120" s="6">
+      <c r="O120" s="7">
         <v>33</v>
       </c>
-      <c r="P120" s="6">
+      <c r="P120" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" s="5"/>
       <c r="B121" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C121" s="6">
+      <c r="C121" s="7">
         <v>212</v>
       </c>
-      <c r="D121" s="6">
+      <c r="D121" s="7">
         <v>4</v>
       </c>
-      <c r="E121" s="6">
+      <c r="E121" s="7">
         <v>162</v>
       </c>
-      <c r="F121" s="6">
+      <c r="F121" s="7">
         <v>3</v>
       </c>
-      <c r="G121" s="6">
+      <c r="G121" s="7">
         <v>213</v>
       </c>
-      <c r="H121" s="6">
+      <c r="H121" s="7">
         <v>3</v>
       </c>
-      <c r="I121" s="6">
+      <c r="I121" s="7">
         <v>263</v>
       </c>
-      <c r="J121" s="6">
+      <c r="J121" s="7">
         <v>6</v>
       </c>
-      <c r="K121" s="6">
+      <c r="K121" s="7">
         <v>218</v>
       </c>
-      <c r="L121" s="6">
+      <c r="L121" s="7">
         <v>6</v>
       </c>
-      <c r="M121" s="6">
+      <c r="M121" s="7">
         <v>358</v>
       </c>
-      <c r="N121" s="6">
+      <c r="N121" s="7">
         <v>4</v>
       </c>
-      <c r="O121" s="6">
+      <c r="O121" s="7">
         <v>222</v>
       </c>
-      <c r="P121" s="6">
+      <c r="P121" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" s="5"/>
       <c r="B122" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C122" s="6" t="s">
-[...38 lines deleted...]
-      <c r="P122" s="6" t="s">
+      <c r="C122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="O122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="P122" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="21.75">
       <c r="A123" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413377/595208</t>
           </r>
         </is>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
       <c r="L123" s="3"/>
       <c r="M123" s="3"/>
       <c r="N123" s="3"/>
       <c r="O123" s="3"/>
       <c r="P123" s="3"/>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="29">
       <c r="A127" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+            <t xml:space="preserve">time of last treatment (in 50-year classes )</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1290</t>
           </r>
         </is>
       </c>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="29">
       <c r="A130" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+            <t xml:space="preserve">microhabitats (20 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="29">
       <c r="A133" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="29">
       <c r="A136" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="29">
       <c r="A139" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="29">
       <c r="A142" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>