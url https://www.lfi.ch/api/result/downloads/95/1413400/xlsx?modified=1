--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of woody species along the forest edge · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Anzahl Gehölzarten am Waldrand · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Anzahl Gehölzarten am Waldrand</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413400/595231</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species along the forest edge</t>
+      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413400/595231</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species along the forest edge</t>
+            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>