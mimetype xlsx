--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Gehölzarten am Waldrand · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>numero di specie legnose nel margine boschivo · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...26 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>numero di specie legnose nel margine boschivo</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413400/595231</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+      <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Numero di specie arboree e arbustive presenti al margine del bosco, in cinque classi. Le informazioni si riferiscono a una distanza di 50 metri lungo il margine boschivo. Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413400/595231</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+            <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>