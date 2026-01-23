--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Gehölzarten am Waldrand</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>number of woody species along the forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413420/595251</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+      <t xml:space="preserve">number of woody species along the forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413420/595251</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+            <t xml:space="preserve">number of woody species along the forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>