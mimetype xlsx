--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -17,347 +17,347 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>proportion de lisière</t>
-[...2 lines deleted...]
-    <t>nombre d'espèces ligneuses en lisière</t>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>numero di specie legnose nel margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...27 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413421/595252</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de lisière</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion de lisière présentant une certaine caractéristique (p. ex. diversité structurelle, diversité des espèces ligneuses, structure de la lisière) par rapport à la lisière totale. La lisière est ici définie comme le domaine de transition ou la limite entre la forêt et d’autres éléments du paysage.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre d'espèces ligneuses en lisière</t>
+      <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Nombre d'espèces d'arbres et d'arbustes présents dans la lisière, en cinq classes. L'indication se réfère à un tronçon de 50 m le long de la lisière. Source: relevé de terrain (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Numero di specie arboree e arbustive presenti al margine del bosco, in cinque classi. Le informazioni si riferiscono a una distanza di 50 metri lungo il margine boschivo. Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Lisière de forêt aux étages de végétation NaiS hyperinsubrique, collinéen, collinéen avec hêtre, submontagnard, montagnard inférieur, montagnard supérieur, montagnard inférieur/supérieur et montagnard supérieur, qui a été recensée lors des quatre inventaires IFN2, IFN3, IFN4 et IFN5. Source: relevé de terrain (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN2, IFN3, IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1149,233 +1149,233 @@
         <v>100.0</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="6">
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413421/595252</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de lisière</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre d'espèces ligneuses en lisière</t>
+            <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>