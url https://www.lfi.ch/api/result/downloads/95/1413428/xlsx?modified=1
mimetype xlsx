--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of woody species along the forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>numero di specie legnose nel margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413428/595259</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species along the forest edge</t>
+      <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Numero di specie arboree e arbustive presenti al margine del bosco, in cinque classi. Le informazioni si riferiscono a una distanza di 50 metri lungo il margine boschivo. Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413428/595259</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species along the forest edge</t>
+            <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>