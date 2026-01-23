--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>numero di specie legnose nel margine boschivo</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Anzahl Gehölzarten am Waldrand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413428/595259</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione del margine boschivo</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
+      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Numero di specie arboree e arbustive presenti al margine del bosco, in cinque classi. Le informazioni si riferiscono a una distanza di 50 metri lungo il margine boschivo. Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413428/595259</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione del margine boschivo</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
+            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>