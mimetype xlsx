--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Gehölzarten am Waldrand</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>number of woody species along the forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413430/595261</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+      <t xml:space="preserve">number of woody species along the forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413430/595261</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+            <t xml:space="preserve">number of woody species along the forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>