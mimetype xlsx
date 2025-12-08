--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Gehölzarten am Waldrand</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>number of woody species along the forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413432/595263</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+      <t xml:space="preserve">number of woody species along the forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die am Waldrand vorkommen, in fünf Klassen. Die Angabe bezieht sich auf eine Strecke von 50 m entlang des Waldrands. Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413432/595263</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten am Waldrand</t>
+            <t xml:space="preserve">number of woody species along the forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>