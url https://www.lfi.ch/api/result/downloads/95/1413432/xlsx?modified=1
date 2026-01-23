--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of woody species along the forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>numero di specie legnose nel margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-5</t>
   </si>
   <si>
     <t>6-10</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>&gt;20</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413432/595263</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species along the forest edge</t>
+      <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species present along the forest edge – in five classes. The data is for a distance of 50 m along the edge of the forest. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Numero di specie arboree e arbustive presenti al margine del bosco, in cinque classi. Le informazioni si riferiscono a una distanza di 50 metri lungo il margine boschivo. Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413432/595263</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species along the forest edge</t>
+            <t xml:space="preserve">numero di specie legnose nel margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>