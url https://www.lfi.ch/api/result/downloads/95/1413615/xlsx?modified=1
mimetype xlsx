--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bois mort: résistance du bois (3 classes) · bois mort: régénération (3 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes) · deadwood: regeneration (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, sous-total</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...53 lines deleted...]
-    <t>bois mort: régénération (3 classes)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes)</t>
+  </si>
+  <si>
+    <t>deadwood: regeneration (3 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pas de plante</t>
-[...5 lines deleted...]
-    <t>2 plantes ou plus</t>
+    <t>no plant</t>
+  </si>
+  <si>
+    <t>1 plant</t>
+  </si>
+  <si>
+    <t>2 or more plants</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>bois frais ou dur</t>
-[...5 lines deleted...]
-    <t>bois en décomposition ou vermoulu</t>
+    <t>fresh/firm wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering/mull wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413615/595446</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de bois mort</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bois mort: résistance du bois (3 classes)</t>
+      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stade de décomposition d'arbres et arbustes morts (sur pied et à terre) à partir de 12 cm de diamètre à hauteur de poitrine (DHP), en trois classes. Source: relevé de terrain (MID 419: Totholz - Festigkeit)</t>
+    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bois mort: régénération (3 classes)</t>
+      <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304</t>
     </r>
   </si>
   <si>
-    <t>Nombre de jeunes feuillus ou résineux d'au moins 10 cm de long ayant pris racine sur un arbre ou un arbuste mort à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), en trois classes. Source: relevé de terrain (MID 426: Verjüngung auf Totholz)</t>
+    <t>Number of young broadleaves or conifers ≥10 cm growing on a lying dead tree or shrub ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 426: Verjüngung auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3469,51 +3469,51 @@
         <v>100.0</v>
       </c>
       <c r="AD37" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE37" s="6">
         <v>100.0</v>
       </c>
       <c r="AF37" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:32" customHeight="1" ht="21.75">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413615/595446</t>
           </r>
         </is>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
@@ -3529,226 +3529,226 @@
       <c r="V38" s="3"/>
       <c r="W38" s="3"/>
       <c r="X38" s="3"/>
       <c r="Y38" s="3"/>
       <c r="Z38" s="3"/>
       <c r="AA38" s="3"/>
       <c r="AB38" s="3"/>
       <c r="AC38" s="3"/>
       <c r="AD38" s="3"/>
       <c r="AE38" s="3"/>
       <c r="AF38" s="3"/>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de bois mort</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:32" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bois mort: résistance du bois (3 classes)</t>
+            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bois mort: régénération (3 classes)</t>
+            <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="50" spans="1:32">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:32" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:32" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:32" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>