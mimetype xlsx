--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>legno morto: consistenza del legno (3 classi) · legno morto: rinnovazione (3 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes) · deadwood: regeneration (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>legno morto: rinnovazione (3 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes)</t>
+  </si>
+  <si>
+    <t>deadwood: regeneration (3 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna pianta</t>
-[...17 lines deleted...]
-    <t>legno in decomposizione o putrefatto e inconsistente</t>
+    <t>no plant</t>
+  </si>
+  <si>
+    <t>1 plant</t>
+  </si>
+  <si>
+    <t>2 or more plants</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>fresh/firm wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering/mull wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413625/595456</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
+    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: rinnovazione (3 classi)</t>
+      <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304</t>
     </r>
   </si>
   <si>
-    <t>Numero di giovani piante di conifere o latifoglie con una lunghezza di almeno 10 cm, radicate su un albero o arbusto morto a terra con un diametro a petto d'uomo (DPU) di almeno 12 cm, in 3 classi. Fonte: rilievo sul terreno (MID 426: Verjüngung auf Totholz)</t>
+    <t>Number of young broadleaves or conifers ≥10 cm growing on a lying dead tree or shrub ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 426: Verjüngung auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2133,270 +2133,270 @@
         <v>100.0</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O37" s="6">
         <v>100.0</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="21.75">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413625/595456</t>
           </r>
         </is>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: rinnovazione (3 classi)</t>
+            <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>