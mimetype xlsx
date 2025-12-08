--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Totholz: Holzfestigkeit (3 Klassen) · Totholz: Verjüngung (3 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes) · deadwood: regeneration (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>1000 Stk.</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes)</t>
+  </si>
+  <si>
+    <t>deadwood: regeneration (3 classes)</t>
+  </si>
+  <si>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...2 lines deleted...]
-    <t>keine Pflanze</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>no plant</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>1 Pflanze</t>
-[...14 lines deleted...]
-    <t>Moder-/Mulmholz</t>
+    <t>1 plant</t>
+  </si>
+  <si>
+    <t>2 or more plants</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>fresh/firm wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering/mull wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413641/595472</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
+      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadium des Holzabbaus bei toten Bäumen und Sträuchern (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) in drei Klassen. Grundlage: Feldaufnahme (MID 419: Totholz - Festigkeit)</t>
+    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholz: Verjüngung (3 Klassen)</t>
+      <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304</t>
     </r>
   </si>
   <si>
-    <t>Anzahl junger Laub- oder Nadelbäume mit mindestens 10 cm Länge, die auf einem liegenden toten Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) wurzeln, in drei Klassen. Grundlage: Feldaufnahme (MID 426: Verjüngung auf Totholz)</t>
+    <t>Number of young broadleaves or conifers ≥10 cm growing on a lying dead tree or shrub ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 426: Verjüngung auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,63 +747,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -1966,268 +1966,268 @@
         <v>11627</v>
       </c>
       <c r="L37" s="6">
         <v>8</v>
       </c>
       <c r="M37" s="6">
         <v>67148</v>
       </c>
       <c r="N37" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:14" customHeight="1" ht="21.75">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413641/595472</t>
           </r>
         </is>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:14" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
+            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholz: Verjüngung (3 Klassen)</t>
+            <t xml:space="preserve">deadwood: regeneration (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>