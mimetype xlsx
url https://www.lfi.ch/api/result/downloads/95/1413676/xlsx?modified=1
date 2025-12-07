--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>length of lying dead tree (6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl</t>
+  </si>
+  <si>
+    <t>Stücklänge liegender toter Bäume (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>0.0-5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413676/595507</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems</t>
+      <t xml:space="preserve">Totholzstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of lying dead tree (6 classes)</t>
+      <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335</t>
     </r>
   </si>
   <si>
-    <t>Length of lying dead trees and shrubs ≥12 cm in diameter at breast height (dbh) up to the limit for merchantable wood (7 cm in diameter) – in six classes. If an individual tree is broken, the lengths of all the parts are added together. Reference: Field Survey (MID 415: Stücklänge liegender Probebäume)</t>
+    <t>Länge liegender toter Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BDH) bis zur Derbholzgrenze (7 cm Durchmesser) in sechs Klassen. Bei zerbrochenen Individuen werden alle Teilstücke zusammengezählt. Grundlage: Feldaufnahme (MID 415: Stücklänge liegender Probebäume)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413676/595507</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems</t>
+            <t xml:space="preserve">Totholzstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of lying dead tree (6 classes)</t>
+            <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>