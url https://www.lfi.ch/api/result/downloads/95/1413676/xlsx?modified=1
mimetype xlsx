--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stücklänge liegender toter Bäume (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti morti</t>
+  </si>
+  <si>
+    <t>lunghezza degli alberi morti a terra (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>0.0-5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413676/595507</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">numero di fusti morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
+      <t xml:space="preserve">lunghezza degli alberi morti a terra (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335</t>
     </r>
   </si>
   <si>
-    <t>Länge liegender toter Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BDH) bis zur Derbholzgrenze (7 cm Durchmesser) in sechs Klassen. Bei zerbrochenen Individuen werden alle Teilstücke zusammengezählt. Grundlage: Feldaufnahme (MID 415: Stücklänge liegender Probebäume)</t>
+    <t>Lunghezza degli alberi e arbusti morti e a terra a partire da 12 cm di diametro a petto d'uomo (DPU) fino al limite di 7 cm di diametro (legno commerciabile), in sei classi. Nel caso di individui spezzati, tutti i pezzi vengono contati insieme. Fonte: rilievo sul terreno (MID 415: Stücklänge liegender Probebäume)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413676/595507</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">numero di fusti morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
+            <t xml:space="preserve">lunghezza degli alberi morti a terra (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>