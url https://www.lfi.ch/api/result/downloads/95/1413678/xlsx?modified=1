--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>numero di fusti morti</t>
-[...2 lines deleted...]
-    <t>lunghezza degli alberi morti a terra (6 classi)</t>
+    <t>nombre de tiges de bois mort</t>
+  </si>
+  <si>
+    <t>longueur d'arbres morts à terre (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>0.0-5.0 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413678/595509</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">nombre de tiges de bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">lunghezza degli alberi morti a terra (6 classi)</t>
+      <t xml:space="preserve">longueur d'arbres morts à terre (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335</t>
     </r>
   </si>
   <si>
-    <t>Lunghezza degli alberi e arbusti morti e a terra a partire da 12 cm di diametro a petto d'uomo (DPU) fino al limite di 7 cm di diametro (legno commerciabile), in sei classi. Nel caso di individui spezzati, tutti i pezzi vengono contati insieme. Fonte: rilievo sul terreno (MID 415: Stücklänge liegender Probebäume)</t>
+    <t>Longueur des arbres et arbustes morts à terre à partir de 12 cm de diamètre à hauteur de poitrine (BDH) jusqu'à la limite du bois fort (7 cm de diamètre), en six classes. Dans le cas d'individus brisés, les longueurs de toutes les sections sont additionnées. Source: relevé de terrain (MID 415: Stücklänge liegender Probebäume)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413678/595509</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">nombre de tiges de bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">lunghezza degli alberi morti a terra (6 classi)</t>
+            <t xml:space="preserve">longueur d'arbres morts à terre (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>