--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stücklänge liegender toter Bäume (6 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>length of lying dead tree (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>1000 Stk.</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>0.0-5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413694/595525</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
+      <t xml:space="preserve">length of lying dead tree (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335</t>
     </r>
   </si>
   <si>
-    <t>Länge liegender toter Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BDH) bis zur Derbholzgrenze (7 cm Durchmesser) in sechs Klassen. Bei zerbrochenen Individuen werden alle Teilstücke zusammengezählt. Grundlage: Feldaufnahme (MID 415: Stücklänge liegender Probebäume)</t>
+    <t>Length of lying dead trees and shrubs ≥12 cm in diameter at breast height (dbh) up to the limit for merchantable wood (7 cm in diameter) – in six classes. If an individual tree is broken, the lengths of all the parts are added together. Reference: Field Survey (MID 415: Stücklänge liegender Probebäume)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1255,235 +1255,235 @@
         <v>12967</v>
       </c>
       <c r="M20" s="6">
         <v>7</v>
       </c>
       <c r="N20" s="6">
         <v>73219</v>
       </c>
       <c r="O20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413694/595525</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stücklänge liegender toter Bäume (6 Klassen)</t>
+            <t xml:space="preserve">length of lying dead tree (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>