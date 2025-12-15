--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus · état de l'arbre (sur pied/à terre)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area of deadwood</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves · tree state (standing/lying)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...29 lines deleted...]
-    <t>état de l'arbre (sur pied/à terre)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
+  </si>
+  <si>
+    <t>tree state (standing/lying)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>sur pied</t>
-[...2 lines deleted...]
-    <t>à terre</t>
+    <t>standing</t>
+  </si>
+  <si>
+    <t>lying</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>résineux</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413773/595604</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière du bois mort</t>
+      <t xml:space="preserve">basal area of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) des arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de DHP.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">état de l'arbre (sur pied/à terre)</t>
+      <t xml:space="preserve">tree state (standing/lying)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1266</t>
     </r>
   </si>
   <si>
-    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont sur pied ou à terre. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into standing or lying. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>4.6</v>
       </c>
       <c r="N32" s="6">
         <v>8</v>
       </c>
       <c r="O32" s="6">
         <v>3.6</v>
       </c>
       <c r="P32" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413773/595604</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière du bois mort</t>
+            <t xml:space="preserve">basal area of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">état de l'arbre (sur pied/à terre)</t>
+            <t xml:space="preserve">tree state (standing/lying)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1266</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>