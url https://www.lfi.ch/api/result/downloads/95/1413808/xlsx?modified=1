--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>extent of damage gaps (10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica del legno morto</t>
+  </si>
+  <si>
+    <t>estensione dei danni (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-20%</t>
   </si>
   <si>
     <t>21-30%</t>
   </si>
   <si>
     <t>31-40%</t>
   </si>
   <si>
     <t>41-50%</t>
   </si>
   <si>
     <t>51-60%</t>
   </si>
   <si>
     <t>61-70%</t>
   </si>
   <si>
     <t>71-80%</t>
   </si>
   <si>
     <t>81-90%</t>
   </si>
   <si>
     <t>&gt;90%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413808/595639</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">area basimetrica del legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) degli alberi e degli arbusti morti (in piedi e a terra) con un DPU di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+      <t xml:space="preserve">estensione dei danni (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1310</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with damage gaps on the interpretation area, and the extent of damage classified into ten classes according to the proportion of the forested interpretation area that is damaged. Reference: Field Survey (MID 601: Ausmass der Schadenfläche)</t>
+    <t>Aree di saggio senza/con zone danneggiate nell'area di interpretazione (50 ×50 m) ed estensione del danno in dieci classi, determinata in base alla proporzione della superficie danneggiata rispetto all'area di interpretazione coperta da bosco. Fonte: rilievo sul terreno (MID 601: Ausmass der Schadenfläche)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1369,233 +1369,233 @@
         <v>4.6</v>
       </c>
       <c r="K24" s="6">
         <v>8</v>
       </c>
       <c r="L24" s="6">
         <v>3.6</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413808/595639</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">area basimetrica del legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+            <t xml:space="preserve">estensione dei danni (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1310</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>