--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>extent of damage gaps (10 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzbasalfläche</t>
+  </si>
+  <si>
+    <t>Schadenausmass (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-20%</t>
   </si>
   <si>
     <t>21-30%</t>
   </si>
   <si>
     <t>31-40%</t>
   </si>
   <si>
     <t>41-50%</t>
   </si>
   <si>
     <t>51-60%</t>
   </si>
   <si>
     <t>61-70%</t>
   </si>
   <si>
     <t>71-80%</t>
   </si>
   <si>
     <t>81-90%</t>
   </si>
   <si>
     <t>&gt;90%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413809/595640</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">Totholzbasalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+      <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1310</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with damage gaps on the interpretation area, and the extent of damage classified into ten classes according to the proportion of the forested interpretation area that is damaged. Reference: Field Survey (MID 601: Ausmass der Schadenfläche)</t>
+    <t>Probeflächen ohne/mit Schadenflächen auf der Interpretationsfläche (50 × 50 m) und Ausmass des Schadens in zehn Klassen, ermittelt aus dem Anteil der Schadenfläche an der bewaldeten Interpretationsfläche. Grundlage: Feldaufnahme (MID 601: Ausmass der Schadenfläche)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,51 +784,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -3149,51 +3149,51 @@
         <v>1.8</v>
       </c>
       <c r="AY24" s="6">
         <v>18</v>
       </c>
       <c r="AZ24" s="6">
         <v>3.4</v>
       </c>
       <c r="BA24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413809/595640</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">Totholzbasalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+            <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1310</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>