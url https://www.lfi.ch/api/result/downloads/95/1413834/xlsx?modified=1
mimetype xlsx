--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldrandverlauf · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>shape of forest edge · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>shape of forest edge</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...32 lines deleted...]
-    <t>aufgelöst</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>straight</t>
+  </si>
+  <si>
+    <t>curved</t>
+  </si>
+  <si>
+    <t>sinuated</t>
+  </si>
+  <si>
+    <t>deeply sinuated</t>
+  </si>
+  <si>
+    <t>open</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413834/595665</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandverlauf</t>
+      <t xml:space="preserve">shape of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #583</t>
     </r>
   </si>
   <si>
-    <t>Art der Verzahnung von Wald und Freiland im Bereich des Waldrands in fünf Klassen. Grundlage: Feldaufnahme (MID 42: Waldrandverlauf)</t>
+    <t>Type of transition line between the forest and the open land along the forest edge - in five classes. Reference: Field Survey (MID 42: Waldrandverlauf)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413834/595665</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandverlauf</t>
+            <t xml:space="preserve">shape of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>