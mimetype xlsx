--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldrandverlauf</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>shape of forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gerade</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>straight</t>
+  </si>
+  <si>
+    <t>curved</t>
+  </si>
+  <si>
+    <t>sinuated</t>
+  </si>
+  <si>
+    <t>deeply sinuated</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413868/595699</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandverlauf</t>
+      <t xml:space="preserve">shape of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #583</t>
     </r>
   </si>
   <si>
-    <t>Art der Verzahnung von Wald und Freiland im Bereich des Waldrands in fünf Klassen. Grundlage: Feldaufnahme (MID 42: Waldrandverlauf)</t>
+    <t>Type of transition line between the forest and the open land along the forest edge - in five classes. Reference: Field Survey (MID 42: Waldrandverlauf)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413868/595699</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandverlauf</t>
+            <t xml:space="preserve">shape of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>