--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>shape of forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>tracciato del margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>straight</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>rettilineo</t>
+  </si>
+  <si>
+    <t>ondulato</t>
+  </si>
+  <si>
+    <t>frastagliato</t>
+  </si>
+  <si>
+    <t>molto frastagliato</t>
+  </si>
+  <si>
+    <t>rado</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413868/595699</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shape of forest edge</t>
+      <t xml:space="preserve">tracciato del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #583</t>
     </r>
   </si>
   <si>
-    <t>Type of transition line between the forest and the open land along the forest edge - in five classes. Reference: Field Survey (MID 42: Waldrandverlauf)</t>
+    <t>Tipo di interconnessione tra bosco e campo aperto nella zona del margine boschivo, in cinque classi. Fonte: rilievo sul terreno (MID 42: Waldrandverlauf)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413868/595699</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shape of forest edge</t>
+            <t xml:space="preserve">tracciato del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>