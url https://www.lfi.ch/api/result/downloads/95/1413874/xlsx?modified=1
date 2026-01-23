--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>shape of forest edge</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldrandverlauf</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>straight</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>gerade</t>
+  </si>
+  <si>
+    <t>geschwungen</t>
+  </si>
+  <si>
+    <t>gebuchtet</t>
+  </si>
+  <si>
+    <t>stark gebuchtet</t>
+  </si>
+  <si>
+    <t>aufgelöst</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413874/595705</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shape of forest edge</t>
+      <t xml:space="preserve">Waldrandverlauf</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #583</t>
     </r>
   </si>
   <si>
-    <t>Type of transition line between the forest and the open land along the forest edge - in five classes. Reference: Field Survey (MID 42: Waldrandverlauf)</t>
+    <t>Art der Verzahnung von Wald und Freiland im Bereich des Waldrands in fünf Klassen. Grundlage: Feldaufnahme (MID 42: Waldrandverlauf)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413874/595705</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shape of forest edge</t>
+            <t xml:space="preserve">Waldrandverlauf</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>