--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione (2022) · superficie della chiaria più grande (5 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>protection forest (2022) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>superficie della chiaria più grande (5 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest (2022)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna chiaria (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>all'esterno</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413986/595817</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022)</t>
+      <t xml:space="preserve">protective forest (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione, così come definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect (Losey &amp; Wehrli 2013). Nel 2022 il Canton Argovia non aveva ancora definito il bosco di protezione. Fonte: dati GIS dell'UFAM, 2022</t>
+    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413986/595817</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022)</t>
+            <t xml:space="preserve">protective forest (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>