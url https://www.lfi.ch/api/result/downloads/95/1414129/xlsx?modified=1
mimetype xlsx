--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of shrub forest (aerial photo)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie degli arbusteti</t>
+  </si>
+  <si>
+    <t>tipo di arbusteto (foto aeree)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: arbusteto</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure shrub forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>arbusteto puro</t>
+  </si>
+  <si>
+    <t>arbusteto con singoli alberi</t>
+  </si>
+  <si>
+    <t>nessun arbusteto</t>
+  </si>
+  <si>
+    <t>non interpretabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414129/595960</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">superficie degli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Insieme delle superfici che corrispondono alla definizione IFN degli arbusteti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+      <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
+    <t>Tipo di arbusteto con le forme «arbusteto puro» e «arbusteto con alberi» secondo l'interpretazione di foto aeree. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Bosco coperto per più di due terzi da arbusti. Come arbusteti vengono considerati principalmente i boschi di drosa e pino mugo, ma anche i noccioleti e soprassuoli simili. Fonte: rilievo sul terreno (MID 576: Deckungsgrad Sträuchern), a volte anche interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>17.2</v>
       </c>
       <c r="M18" s="6">
         <v>14</v>
       </c>
       <c r="N18" s="6">
         <v>69.2</v>
       </c>
       <c r="O18" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414129/595960</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">superficie degli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+            <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>