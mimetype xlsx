--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di arbusteto (foto aeree)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gebüschwaldfläche</t>
+  </si>
+  <si>
+    <t>Gebüschwaldtyp (Luftbild)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: arbusteto</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>arbusteto puro</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>reiner Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald mit Bäumen</t>
+  </si>
+  <si>
+    <t>kein Gebüschwald</t>
+  </si>
+  <si>
+    <t>nicht interpretierbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414129/595960</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie degli arbusteti</t>
+      <t xml:space="preserve">Gebüschwaldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>Insieme delle superfici che corrispondono alla definizione IFN degli arbusteti.</t>
+    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
+      <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Tipo di arbusteto con le forme «arbusteto puro» e «arbusteto con alberi» secondo l'interpretazione di foto aeree. Fonte: interpretazione di foto aeree.</t>
+    <t>Art des Gebüschwalds mit den Formen «reiner Gebüschwald» und «Gebüschwald mit Bäumen» gemäss Luftbildinterpretation. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arbusteto</t>
+      <t xml:space="preserve">Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per più di due terzi da arbusti. Come arbusteti vengono considerati principalmente i boschi di drosa e pino mugo, ma anche i noccioleti e soprassuoli simili. Fonte: rilievo sul terreno (MID 576: Deckungsgrad Sträuchern), a volte anche interpretazione di foto aeree.</t>
+    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>17.2</v>
       </c>
       <c r="M18" s="6">
         <v>14</v>
       </c>
       <c r="N18" s="6">
         <v>69.2</v>
       </c>
       <c r="O18" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414129/595960</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie degli arbusteti</t>
+            <t xml:space="preserve">Gebüschwaldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
+            <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arbusteto</t>
+            <t xml:space="preserve">Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>