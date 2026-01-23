--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of shrub forest (aerial photo)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie degli arbusteti</t>
+  </si>
+  <si>
+    <t>tipo di arbusteto (foto aeree)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: arbusteto</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure shrub forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>arbusteto puro</t>
+  </si>
+  <si>
+    <t>arbusteto con singoli alberi</t>
+  </si>
+  <si>
+    <t>nessun arbusteto</t>
+  </si>
+  <si>
+    <t>non interpretabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414130/595961</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">superficie degli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Insieme delle superfici che corrispondono alla definizione IFN degli arbusteti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+      <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
+    <t>Tipo di arbusteto con le forme «arbusteto puro» e «arbusteto con alberi» secondo l'interpretazione di foto aeree. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Bosco coperto per più di due terzi da arbusti. Come arbusteti vengono considerati principalmente i boschi di drosa e pino mugo, ma anche i noccioleti e soprassuoli simili. Fonte: rilievo sul terreno (MID 576: Deckungsgrad Sträuchern), a volte anche interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>17.2</v>
       </c>
       <c r="K18" s="6">
         <v>14</v>
       </c>
       <c r="L18" s="6">
         <v>69.2</v>
       </c>
       <c r="M18" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414130/595961</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">superficie degli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+            <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>