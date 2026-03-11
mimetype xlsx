--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>quota (classi di 400 m)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gebüschwaldfläche</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: arbusteto</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
-[...2 lines deleted...]
-    <t>601-1000 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
+  </si>
+  <si>
+    <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414135/595966</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie degli arbusteti</t>
+      <t xml:space="preserve">Gebüschwaldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>Insieme delle superfici che corrispondono alla definizione IFN degli arbusteti.</t>
+    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 400 m)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arbusteto</t>
+      <t xml:space="preserve">Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per più di due terzi da arbusti. Come arbusteti vengono considerati principalmente i boschi di drosa e pino mugo, ma anche i noccioleti e soprassuoli simili. Fonte: rilievo sul terreno (MID 576: Deckungsgrad Sträuchern), a volte anche interpretazione di foto aeree.</t>
+    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1211,235 +1211,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="7">
         <v>100.0</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414135/595966</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie degli arbusteti</t>
+            <t xml:space="preserve">Gebüschwaldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 400 m)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arbusteto</t>
+            <t xml:space="preserve">Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>