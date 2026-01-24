--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,406 +14,406 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi) · superficie della chiaria più grande (5 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Fläche der grössten Lücke (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>superficie della chiaria più grande (5 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+  </si>
+  <si>
+    <t>Fläche der grössten Lücke (5 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna chiaria (&lt;100 m2)</t>
-[...32 lines deleted...]
-    <t>iperinsubrica e collinare</t>
+    <t>keine Lücke (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>kleine Lücke (100-500 m2)</t>
+  </si>
+  <si>
+    <t>mittlere Lücke (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>grosse Lücke (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414211/596042</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
+    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -765,52 +765,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3642,270 +3642,270 @@
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O68" s="6">
         <v>100.0</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414211/596042</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>