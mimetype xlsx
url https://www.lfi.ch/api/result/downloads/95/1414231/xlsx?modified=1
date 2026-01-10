--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>massa degli aghi/foglie degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>million kg</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414231/596062</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mass of needles/ leaves of living trees</t>
+      <t xml:space="preserve">massa degli aghi/foglie degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the needles and leaves of the living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Pseo secco (massa) degli aghi e delle foglie degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>567</v>
       </c>
       <c r="M17" s="6">
         <v>6</v>
       </c>
       <c r="N17" s="6">
         <v>6171</v>
       </c>
       <c r="O17" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414231/596062</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mass of needles/ leaves of living trees</t>
+            <t xml:space="preserve">massa degli aghi/foglie degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>