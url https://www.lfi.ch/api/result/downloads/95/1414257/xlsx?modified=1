--- v0 (2025-11-17)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>massa degli aghi/foglie degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414257/596088</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadel-/Blattmasse der lebenden Bäume</t>
+      <t xml:space="preserve">massa degli aghi/foglie degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) von Nadeln und Blättern der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Pseo secco (massa) degli aghi e delle foglie degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>3.9</v>
       </c>
       <c r="K17" s="6">
         <v>5</v>
       </c>
       <c r="L17" s="6">
         <v>5.5</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414257/596088</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadel-/Blattmasse der lebenden Bäume</t>
+            <t xml:space="preserve">massa degli aghi/foglie degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>