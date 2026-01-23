--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>deadwood: mechanical strength of wood (5 classes) · deadwood: bark cover (3 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica del legno morto</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (5 classi) · legno morto: copertura della corteccia (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>deadwood: bark cover (3 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (5 classi)</t>
+  </si>
+  <si>
+    <t>legno morto: copertura della corteccia (3 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-30%</t>
   </si>
   <si>
     <t>31-60%</t>
   </si>
   <si>
     <t>&gt;60%</t>
   </si>
   <si>
-    <t>total</t>
-[...14 lines deleted...]
-    <t>mull wood</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">legno fresco </t>
+  </si>
+  <si>
+    <t>legno duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione</t>
+  </si>
+  <si>
+    <t>legno putrefatto e inconsistente</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414316/596147</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">area basimetrica del legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) degli alberi e degli arbusti morti (in piedi e a terra) con un DPU di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood: mechanical strength of wood (5 classes)</t>
+      <t xml:space="preserve">legno morto: consistenza del legno (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #868</t>
     </r>
   </si>
   <si>
-    <t>Stage of decay of wood in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in five classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in cinque classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood: bark cover (3 classes)</t>
+      <t xml:space="preserve">legno morto: copertura della corteccia (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307</t>
     </r>
   </si>
   <si>
-    <t>Proportion of bark cover on dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 418: Totholz - Rindendeckung)</t>
+    <t>Percentuale di copertura della corteccia su alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 418: Totholz - Rindendeckung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2623,270 +2623,270 @@
         <v>3.8</v>
       </c>
       <c r="N47" s="6">
         <v>8</v>
       </c>
       <c r="O47" s="6">
         <v>3.3</v>
       </c>
       <c r="P47" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414316/596147</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">area basimetrica del legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood: mechanical strength of wood (5 classes)</t>
+            <t xml:space="preserve">legno morto: consistenza del legno (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #868</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood: bark cover (3 classes)</t>
+            <t xml:space="preserve">legno morto: copertura della corteccia (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>