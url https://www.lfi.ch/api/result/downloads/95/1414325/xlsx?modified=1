--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>width of shrub belt</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Strauchgürtelbreite</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no shrub belt</t>
+    <t>kein Strauchgürtel</t>
   </si>
   <si>
     <t>&lt;2 m</t>
   </si>
   <si>
     <t>2.1- 4.0 m</t>
   </si>
   <si>
     <t>&gt;4 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 21.06.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 21.06.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414325/596156</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">width of shrub belt</t>
+      <t xml:space="preserve">Strauchgürtelbreite</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1088</t>
     </r>
   </si>
   <si>
-    <t>Width of the shrub belt, i.e. that part of the forest edge which lies between the forest mantle and the herbaceous fringe and consists of woody plants (in NFI such plants ≤12 cm in diameter at breast height (dbh), excluding dwarf shrubs). Reference: Field Survey (MID 39: Strauchgürtelbreite)</t>
+    <t>Breite des Strauchgürtels, d.h. desjenigen Teils des Waldrands, der zwischen Waldmantel und Krautsaum liegt und aus Gehölzpflanzen besteht (im LFI solchen unter 12 cm Brusthöhendurchmesser [BHD] ohne Zwergsträucher). Grundlage: Feldaufnahme (MID 39: Strauchgürtelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1582,51 +1582,51 @@
         <v>100.0</v>
       </c>
       <c r="AC18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD18" s="6">
         <v>100.0</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 21.06.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 21.06.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414325/596156</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">width of shrub belt</t>
+            <t xml:space="preserve">Strauchgürtelbreite</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1088</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>