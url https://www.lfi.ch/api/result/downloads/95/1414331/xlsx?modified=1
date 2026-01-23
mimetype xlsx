--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>width of shrub belt</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>larghezza della fascia arbustiva</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no shrub belt</t>
+    <t>nessuna fascia arbustiva</t>
   </si>
   <si>
     <t>&lt;2 m</t>
   </si>
   <si>
     <t>2.1- 4.0 m</t>
   </si>
   <si>
     <t>&gt;4 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 21.06.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 21.06.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414331/596162</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">width of shrub belt</t>
+      <t xml:space="preserve">larghezza della fascia arbustiva</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1088</t>
     </r>
   </si>
   <si>
-    <t>Width of the shrub belt, i.e. that part of the forest edge which lies between the forest mantle and the herbaceous fringe and consists of woody plants (in NFI such plants ≤12 cm in diameter at breast height (dbh), excluding dwarf shrubs). Reference: Field Survey (MID 39: Strauchgürtelbreite)</t>
+    <t>Larghezza della fascia arbustiva, ossia della parte del margine boschivo situato tra il mantello boschivo e l'orlo erbaceo e costituito da piante legnose (nell'IFN specie legnose con un diametro a petto d'uomo [DPU] inferiore a 12 cm, esclusi gli arbusti nani). Fonte: rilievo sul terreno (MID 39: Strauchgürtelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>100.0</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="6">
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 21.06.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 21.06.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414331/596162</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">width of shrub belt</t>
+            <t xml:space="preserve">larghezza della fascia arbustiva</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1088</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>