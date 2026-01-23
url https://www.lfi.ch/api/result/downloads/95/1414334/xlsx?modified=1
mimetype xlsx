--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ecotone value</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>valore quale ecotono</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>medio</t>
+  </si>
+  <si>
+    <t>elevato</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414334/596165</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ecotone value</t>
+      <t xml:space="preserve">valore quale ecotono</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1284</t>
     </r>
   </si>
   <si>
-    <t>Ecological value of the forest edge as a habitat for animals and plants, classified into three classes according to the structural diversity and diversity of woody species along the forest edge. Reference: Field Survey (various attributes)</t>
+    <t>Valore ecologico del margine boschivo come ambiente vitale per animali e piante in tre classi, derivato dalla diversità strutturale e dalla diversità in specie legnose del margine boschivo. Fonte: rilievo sul terreno (diversi attributi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN2, IFN3, IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414334/596165</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ecotone value</t>
+            <t xml:space="preserve">valore quale ecotono</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1284</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>