--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>diversity of woody species along the forest edge (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gering</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>medium</t>
+  </si>
+  <si>
+    <t>high</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414348/596179</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+      <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291</t>
     </r>
   </si>
   <si>
-    <t>Ökologischer Wert des Waldrands in drei Klassen, ermittelt mithilfe der Anzahl der vorkommenden Gehölzarten sowie des gewichteten Anteils von Dornensträuchern, kurzlebigen, lichtbedürftigen Weichhölzern (Birken, Erlen, Pappeln, Weiden) sowie anderen ökologisch wertvollen Gehölzarten (z.B. Eichen, Vogelbeere). Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Ecological value of the forest edge according to the number of woody species present, as well as the weighted proportion of thorny shrubs, short-lived, light-demanding softwoods (birches, alders, poplars and willows) and other ecologically valuable woody species (e.g. oaks and rowan) – in three classes. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414348/596179</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+            <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>