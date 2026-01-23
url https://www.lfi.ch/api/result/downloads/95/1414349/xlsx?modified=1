--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diversity of woody species along the forest edge (3 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>mittel</t>
+  </si>
+  <si>
+    <t>hoch</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414349/596180</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
+      <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291</t>
     </r>
   </si>
   <si>
-    <t>Ecological value of the forest edge according to the number of woody species present, as well as the weighted proportion of thorny shrubs, short-lived, light-demanding softwoods (birches, alders, poplars and willows) and other ecologically valuable woody species (e.g. oaks and rowan) – in three classes. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Ökologischer Wert des Waldrands in drei Klassen, ermittelt mithilfe der Anzahl der vorkommenden Gehölzarten sowie des gewichteten Anteils von Dornensträuchern, kurzlebigen, lichtbedürftigen Weichhölzern (Birken, Erlen, Pappeln, Weiden) sowie anderen ökologisch wertvollen Gehölzarten (z.B. Eichen, Vogelbeere). Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414349/596180</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
+            <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>