--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>diversità delle specie legnose nel margine boschivo (3 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>diversity of woody species along the forest edge (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>debole</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>medium</t>
+  </si>
+  <si>
+    <t>high</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414354/596185</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione del margine boschivo</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversità delle specie legnose nel margine boschivo (3 classi)</t>
+      <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291</t>
     </r>
   </si>
   <si>
-    <t>Valore ecologico del margine boschivo in tre classi, determinato in funzione del numero di specie legnose, della proporzione ponderata di arbusti spinosi e di specie eliofile a legno molle e di breve durata (betulle, ontani, pioppi, salici) così come altre specie legnose ecologicamente preziose (ad es. querce, sorbo degli uccellatori). Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Ecological value of the forest edge according to the number of woody species present, as well as the weighted proportion of thorny shrubs, short-lived, light-demanding softwoods (birches, alders, poplars and willows) and other ecologically valuable woody species (e.g. oaks and rowan) – in three classes. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414354/596185</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione del margine boschivo</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversità delle specie legnose nel margine boschivo (3 classi)</t>
+            <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>