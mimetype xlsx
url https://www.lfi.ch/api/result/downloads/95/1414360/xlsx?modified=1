--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diversity of woody species along the forest edge (3 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>mittel</t>
+  </si>
+  <si>
+    <t>hoch</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414360/596191</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
+      <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291</t>
     </r>
   </si>
   <si>
-    <t>Ecological value of the forest edge according to the number of woody species present, as well as the weighted proportion of thorny shrubs, short-lived, light-demanding softwoods (birches, alders, poplars and willows) and other ecologically valuable woody species (e.g. oaks and rowan) – in three classes. Reference: Field Survey (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Ökologischer Wert des Waldrands in drei Klassen, ermittelt mithilfe der Anzahl der vorkommenden Gehölzarten sowie des gewichteten Anteils von Dornensträuchern, kurzlebigen, lichtbedürftigen Weichhölzern (Birken, Erlen, Pappeln, Weiden) sowie anderen ökologisch wertvollen Gehölzarten (z.B. Eichen, Vogelbeere). Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414360/596191</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species along the forest edge (3 classes)</t>
+            <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>