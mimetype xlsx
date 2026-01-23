--- v1 (2025-11-17)
+++ v2 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose nel margine boschivo (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gering</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414360/596191</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+      <t xml:space="preserve">diversità delle specie legnose nel margine boschivo (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291</t>
     </r>
   </si>
   <si>
-    <t>Ökologischer Wert des Waldrands in drei Klassen, ermittelt mithilfe der Anzahl der vorkommenden Gehölzarten sowie des gewichteten Anteils von Dornensträuchern, kurzlebigen, lichtbedürftigen Weichhölzern (Birken, Erlen, Pappeln, Weiden) sowie anderen ökologisch wertvollen Gehölzarten (z.B. Eichen, Vogelbeere). Grundlage: Feldaufnahme (MID 568: Pflanzenarten am Waldrand)</t>
+    <t>Valore ecologico del margine boschivo in tre classi, determinato in funzione del numero di specie legnose, della proporzione ponderata di arbusti spinosi e di specie eliofile a legno molle e di breve durata (betulle, ontani, pioppi, salici) così come altre specie legnose ecologicamente preziose (ad es. querce, sorbo degli uccellatori). Fonte: rilievo sul terreno (MID 568: Pflanzenarten am Waldrand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414360/596191</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt am Waldrand (3 Klassen)</t>
+            <t xml:space="preserve">diversità delle specie legnose nel margine boschivo (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>