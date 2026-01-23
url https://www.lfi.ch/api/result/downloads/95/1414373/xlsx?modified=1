--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structural diversity of the forest edge (without herbaceous fringe)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de lisière</t>
+  </si>
+  <si>
+    <t>diversité structurelle de la lisière (sans l'ourlet herbeux)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: lisière jusqu'à l'étage montagnard</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...5 lines deleted...]
-    <t>high</t>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>moyenne</t>
+  </si>
+  <si>
+    <t>élevée</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414373/596204</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proportion de lisière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proportion de lisière présentant une certaine caractéristique (p. ex. diversité structurelle, diversité des espèces ligneuses, structure de la lisière) par rapport à la lisière totale. La lisière est ici définie comme le domaine de transition ou la limite entre la forêt et d’autres éléments du paysage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+      <t xml:space="preserve">diversité structurelle de la lisière (sans l'ourlet herbeux)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2346</t>
     </r>
   </si>
   <si>
-    <t>Value of the forest edge with respect to its vertical and horizontal structure, without taking the herbaceaous fringe into account - in three classes. Reference: Field Survey (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
+    <t>Valeur de la lisière en ce qui concerne sa structure verticale et horizontale, en trois classes, sans tenir compte de l'ourlet herbeux. Source: relevé de terrain (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Lisière aux étages de végétation NaiS hyperinsubrique, collinéen, collinéen avec hêtre, submontagnard, montagnard inférieur, montagnard supérieur, montagnard inférieur/supérieur et montagnard supérieur. Source: relevé de terrain (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414373/596204</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proportion de lisière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+            <t xml:space="preserve">diversité structurelle de la lisière (sans l'ourlet herbeux)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>