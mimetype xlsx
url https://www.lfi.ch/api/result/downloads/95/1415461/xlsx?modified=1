--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>reason for sanitary/salvage felling</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Zwangsnutzung</t>
+  </si>
+  <si>
+    <t>Ursache der Zwangsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,270 +172,270 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>insects</t>
-[...32 lines deleted...]
-    <t>total</t>
+    <t>Insekten</t>
+  </si>
+  <si>
+    <t>Pilze</t>
+  </si>
+  <si>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Schneelast</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Murgang, Rutschung</t>
+  </si>
+  <si>
+    <t>Hochwasser</t>
+  </si>
+  <si>
+    <t>Waldbrand</t>
+  </si>
+  <si>
+    <t>andere Ursachen</t>
+  </si>
+  <si>
+    <t>Vitalitätsverlust durch Trockenheit</t>
+  </si>
+  <si>
+    <t>übriger Vitalitätsverlust</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1415461/597416</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings</t>
+      <t xml:space="preserve">Zwangsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster/innen) abgeleitet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling</t>
+      <t xml:space="preserve">Ursache der Zwangsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -787,102 +787,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3313,51 +3313,51 @@
         <v>182</v>
       </c>
       <c r="AY25" s="6">
         <v>27</v>
       </c>
       <c r="AZ25" s="6">
         <v>1981</v>
       </c>
       <c r="BA25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1415461/597416</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -3395,191 +3395,191 @@
       <c r="AQ26" s="3"/>
       <c r="AR26" s="3"/>
       <c r="AS26" s="3"/>
       <c r="AT26" s="3"/>
       <c r="AU26" s="3"/>
       <c r="AV26" s="3"/>
       <c r="AW26" s="3"/>
       <c r="AX26" s="3"/>
       <c r="AY26" s="3"/>
       <c r="AZ26" s="3"/>
       <c r="BA26" s="3"/>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings</t>
+            <t xml:space="preserve">Zwangsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling</t>
+            <t xml:space="preserve">Ursache der Zwangsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>