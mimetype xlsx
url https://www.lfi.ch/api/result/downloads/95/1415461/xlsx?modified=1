--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Zwangsnutzung</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>causa dell'utilizzazione forzata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,270 +172,270 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Insekten</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">funghi </t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>altre cause</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1415461/597416</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzung</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster/innen) abgeleitet.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa determinante dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -787,51 +787,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -3313,51 +3313,51 @@
         <v>182</v>
       </c>
       <c r="AY25" s="6">
         <v>27</v>
       </c>
       <c r="AZ25" s="6">
         <v>1981</v>
       </c>
       <c r="BA25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1415461/597416</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -3395,191 +3395,191 @@
       <c r="AQ26" s="3"/>
       <c r="AR26" s="3"/>
       <c r="AS26" s="3"/>
       <c r="AT26" s="3"/>
       <c r="AU26" s="3"/>
       <c r="AV26" s="3"/>
       <c r="AW26" s="3"/>
       <c r="AX26" s="3"/>
       <c r="AY26" s="3"/>
       <c r="AZ26" s="3"/>
       <c r="BA26" s="3"/>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzung</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>