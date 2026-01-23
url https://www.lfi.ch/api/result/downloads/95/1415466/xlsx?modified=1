--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>reason for sanitary/salvage felling</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>causa dell'utilizzazione forzata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,270 +172,270 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>insects</t>
-[...32 lines deleted...]
-    <t>total</t>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">funghi </t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>altre cause</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1415466/597421</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa determinante dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -787,102 +787,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3313,51 +3313,51 @@
         <v>182</v>
       </c>
       <c r="AY25" s="6">
         <v>27</v>
       </c>
       <c r="AZ25" s="6">
         <v>2044</v>
       </c>
       <c r="BA25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1415466/597421</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -3395,191 +3395,191 @@
       <c r="AQ26" s="3"/>
       <c r="AR26" s="3"/>
       <c r="AS26" s="3"/>
       <c r="AT26" s="3"/>
       <c r="AU26" s="3"/>
       <c r="AV26" s="3"/>
       <c r="AW26" s="3"/>
       <c r="AX26" s="3"/>
       <c r="AY26" s="3"/>
       <c r="AZ26" s="3"/>
       <c r="BA26" s="3"/>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>