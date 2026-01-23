--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Zwangsnutzung</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Insekten</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1415470/597425</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzung</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster/innen) abgeleitet.</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,64 +730,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1508,235 +1508,235 @@
         <v>66</v>
       </c>
       <c r="M25" s="6">
         <v>42</v>
       </c>
       <c r="N25" s="6">
         <v>2044</v>
       </c>
       <c r="O25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1415470/597425</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzung</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>