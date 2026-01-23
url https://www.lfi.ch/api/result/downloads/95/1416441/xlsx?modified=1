--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Zwangsnutzung</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>causa dell'utilizzazione forzata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,270 +172,270 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Insekten</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">funghi </t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>altre cause</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1416441/598396</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzung</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster/innen) abgeleitet.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa determinante dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -787,51 +787,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -3313,51 +3313,51 @@
         <v>3.7</v>
       </c>
       <c r="AY25" s="6">
         <v>26</v>
       </c>
       <c r="AZ25" s="6">
         <v>1.9</v>
       </c>
       <c r="BA25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1416441/598396</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -3395,191 +3395,191 @@
       <c r="AQ26" s="3"/>
       <c r="AR26" s="3"/>
       <c r="AS26" s="3"/>
       <c r="AT26" s="3"/>
       <c r="AU26" s="3"/>
       <c r="AV26" s="3"/>
       <c r="AW26" s="3"/>
       <c r="AX26" s="3"/>
       <c r="AY26" s="3"/>
       <c r="AZ26" s="3"/>
       <c r="BA26" s="3"/>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzung</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>